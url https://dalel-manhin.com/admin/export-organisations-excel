--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1517">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>اسم المؤسسة</t>
   </si>
   <si>
     <t>الوصف</t>
   </si>
   <si>
     <t>المدينة</t>
   </si>
   <si>
     <t>فيسبوك</t>
   </si>
   <si>
     <t>تويتر</t>
   </si>
   <si>
     <t>الموقع</t>
   </si>
   <si>
     <t>العنوان</t>
   </si>
   <si>
@@ -1773,79 +1773,50 @@
 دعم البرامج العلمية/الدعوية
 دعم البرامج الاجتماعية</t>
   </si>
   <si>
     <t>مجموعة المسؤولية الاجتماعية ببنك الجزيرة</t>
   </si>
   <si>
     <t>نك الجزيرة، شركة مساهمة سعودية،</t>
   </si>
   <si>
     <t>http://baj.com.sa</t>
   </si>
   <si>
     <t>مجموعة المسؤولية الاجتماعية الرياض طريق خريص - ص.ب 20438 الرياض11455</t>
   </si>
   <si>
     <t>8888 609 12 -- 2157391-011</t>
   </si>
   <si>
     <t>2157395-011- 1888 609 12 966</t>
   </si>
   <si>
     <t>CSP@baj.com.sa</t>
   </si>
   <si>
-    <t>المسؤولية المجتمعية بمجموعة القريان الخيرية</t>
-[...27 lines deleted...]
-  <si>
     <t>شركة المراعي</t>
   </si>
   <si>
     <t>شركة المراعي تدعم عادة عيني من منتجاتها</t>
   </si>
   <si>
     <t>https://www.almarai.com</t>
   </si>
   <si>
     <t>الرياض ص.ب. 8524 ، الرياض 11492</t>
   </si>
   <si>
     <t>المسؤولية المجتمعية بشركة أرامكو</t>
   </si>
   <si>
     <t>شارك أرامكو السعودية في عددٍ من مشاريع المسؤولية الاجتماعية ومبادرات المواطنة التي تستهدف دعم البيئة والمجتمعات المحلية التي تعمل فيها. وتسعى الشركة لإحداث تأثير إيجابي من خلال دعم وتمكين المجتمعات في مختلف المجالات، ودفع عجلة التقدم البشري. وتتراوح مبادرات الشركة من دعم الصناعات الصغيرة إلى إنشاء مركز ثقافي عالمي المستوى ومركز حديث للأطفال المصابين بالتوحد.</t>
   </si>
   <si>
     <t>https://www.aramco.com/ar/investors/investors/social-responsibility</t>
   </si>
   <si>
     <t>- ص. ب: 5000 الظهران 31311</t>
   </si>
   <si>
     <t>3333-874 13 966+</t>
@@ -3966,51 +3937,51 @@
   <si>
     <t>شركة أبناء عبدالله عبدالمحسن الخضري</t>
   </si>
   <si>
     <t>شركة أبناء عبدالله عبدالمحسن الخضري (1330) مجال عمل الشركةأبناء عبدالله عبدالمحسن الخضري (المعروفة باسم: الخضري) هي شركة عامة مدرجة في السوق المالية السعودية (تداول) منذ أكتوبر 2010. تعمل الخضري في قطاع السلع الرأسمالية مع التركيز على البناء والهندسة. يقع مقر شركة الخضري في الخبر بالمملكة العربية السعودية وقد تم تأسيسها في فبراير 1966.</t>
   </si>
   <si>
     <t>www.alkhodari.com</t>
   </si>
   <si>
     <t>برج الشيخ, حي البندرية, الخبر 34424, المملكة العربية السعودية</t>
   </si>
   <si>
     <t>info@alkhodari.com</t>
   </si>
   <si>
     <t>البيئة
 الصحة
 التدريب والتأهيل
 تمكين التطوع والأعمال الخيرية</t>
   </si>
   <si>
     <t>بوبا العربية للتأمين التعاوني</t>
   </si>
   <si>
-    <t>لتزم بوبا العربية بدور سباق اتمع، لذلك لا يقتصر واجبنا على تقديم الرعاية الصحية فحسب، ننا نتبنى رسالة تتمثل باستمرار حتى نصبح شركاء الرعاية الصحية لكل يتيم المملكة العربية السعودية. ُ من هذا المنطلق، نحن هنا لرعاية ايتام على مدارالساعة، لنغرس فيهم تأثR إيجابي جسدي وعاطفي، وإشعارهم أن ً بوبا العربية بجانبهم قولا ً وفعلا. حريصين على خدمة لا تقتصر فقط على إصدار بطاقات بلاستيكية تثبت انضمامهم لنامج التأمين الصحي اا .</t>
+    <t>لتزم بوبا العربية بدور سباق اتمع، لذلك لا يقتصر واجبنا على تقديم الرعاية الصحية فحسب، ننا نتبنى رسالة تتمثل باستمرار حتى نصبح شركاء الرعاية الصحية لكل يتيم المملكة العربية السعودية. ُ من هذا المنطلق، نحن هنا لرعاية ايتام على مدارالساعة، لنغرس فيهم تأثR إيجابي جسدي‹ وعاطفي‹، وإشعارهم أن ً بوبا العربية بجانبهم قولا ً وفعلا. حريصين على خدمة لا تقتصر فقط على إصدار بطاقات بلاستيكية تثبت انضمامهم لˆنامج التأمين الصحي اا .</t>
   </si>
   <si>
     <t>https://twitter.com/BUPAArabia</t>
   </si>
   <si>
     <t>https://www.bupa.com.sa/</t>
   </si>
   <si>
     <t>دعم البرامج الاجتماعية
 الصحة
 قضايا الفقر</t>
   </si>
   <si>
     <t>شركة إكسا للتأمين التعاوني</t>
   </si>
   <si>
     <t>المسؤولية الإجتماعية عملنا هو توفير الحماية للناس على المدى الطويل. وفي هذا النطاق، للثقة والعلاقات المتينة أهمية كبيرة. خطوة بخطوة، ويوماً بعد يوم، نثبت من خلال مسؤوليتنا الاجتماعية أننا نستحق ثقة مساهمينا. تسعى أكسا للتأمين التعاوني إلى جعل المسؤولية الاجتماعية جزءاً من أساسياتها وحقيقة واقعة لجميع شركائنا، وليس مجرد مفهوم. وهذا يعني تصميم حلول موثوقة لتلبية احتياجات عملاء أكسا، إدارة المخاطر بطريقة مهنية، التعامل مع شركائنا بشكل عادل، تطوير بيئة عمل مبنية على قيم قوية، الاندماج بين الثقافات المختلفة، والثقة. تؤمن أكسا أيضاً أن لديها دوراً في حماية البيئة ودعم المجتمعات التي تعمل فيها، والمساعدة على خلق مجتمعات أكثر قوة واستدامة. ويعتبر هذا كله جزءاً من طموح أكسا لتحقيق أعمال تجارية مستدامة على المدى الطويل، وأن تصبح الشركة المفضلة لدى عملائنا وموظفينا وشركائنا الآخرين. ترتكز استراتيجية المسؤولية الاجتماعية لأكسا على 6 أسس: الموظفين : المسؤولية في مكان العمل لدينا العملاء والمنتجات : المسؤولية في العلاقات مع العملاء و المنتجاتنا المساهمين وإدارة المخاطر : المسؤولية في طريقة الإدارة لدينا الموردين :المسؤولية في اختيار الموردين والعلاقات البيئة :المسؤولية عن بصمتنا البيئية المجتمع :المسؤولية اتجاه المجتمع المدني</t>
   </si>
   <si>
     <t>https://www.axa-cooperative.com</t>
   </si>
   <si>
     <t>لمقر الرئيسي: الرياض العنوان: طريق الملك عبدالله ، حي النزهة3528 صندوق البريد: 753 الرمز البريدي: الرياض 12471</t>
   </si>
   <si>
@@ -4466,53 +4437,50 @@
     <t>https://twitter.com/ajcharity</t>
   </si>
   <si>
     <t>https://www.ajch.org.sa/</t>
   </si>
   <si>
     <t>سسة عبد العزيز بن عبد الله الجميح الخيرية المملكة العربية السعودية - الرياض - حي الملقا</t>
   </si>
   <si>
     <t>2362606 11 966+</t>
   </si>
   <si>
     <t>info@ajch.org.sa</t>
   </si>
   <si>
     <t>الدكتورة /فوزية بنت إبراهيم الجفالي</t>
   </si>
   <si>
     <t>مقاولاات</t>
   </si>
   <si>
     <t>مكةالمكر مة</t>
   </si>
   <si>
     <t>مكة المكرمة ص ب 94 الرمز البريدي 21955</t>
-  </si>
-[...1 lines deleted...]
-    <t>0552520511</t>
   </si>
   <si>
     <t>jamiyat.fj@gmail.com</t>
   </si>
   <si>
     <t>مؤسسة ابوغزالة</t>
   </si>
   <si>
     <t>مسجلة لدى وزارة الشؤون اإلجتماعية رقم 156 تاريخ 26/7/1436 هـ، ص.54895 جدة 21524 ه</t>
   </si>
   <si>
     <t>‫ADM@abughazalah.org‬</t>
   </si>
   <si>
     <t>مؤسسة السيف الخيرية</t>
   </si>
   <si>
     <t>مؤسسة عثمان بن عبدالعزيز السيف وأبنائه الخيرية "مؤسسة خيرية تختص بالعمل الخيري المستدام وتعتبره رافداً أساسياً من روافد تنمية الفرد و المجتمع وذلك بتبني المشروعات التنمويه ومشروعات التكافل الاجتماعي ."</t>
   </si>
   <si>
     <t>https://www.alsaifcharity.org/</t>
   </si>
   <si>
     <t>لمملكة العربية السعودية – الدمام حي الجامعين – شارع الأمير نايف بن عبدالعزيز ال سعود ص.ب (7174) – الرمز البريدي (31462)</t>
   </si>
@@ -4665,50 +4633,253 @@
   <si>
     <t>بناء المساجد
 المرأة والأسرة</t>
   </si>
   <si>
     <t>مؤسسة عبدالعزيز بن عبدالرحمن الحمدان الخيرية</t>
   </si>
   <si>
     <t>https://alhamdancharity.org.sa/</t>
   </si>
   <si>
     <t>2217 الطريق الدائري الشمالي - حي التعاون - الرياض -المملكة العربية السعودي</t>
   </si>
   <si>
     <t>0507065600</t>
   </si>
   <si>
     <t>awqaf.alhamdan@gmail.com</t>
   </si>
   <si>
     <t>تحفيظ القران الكريم
 دعم البرامج العلمية/الدعوية
 دعم مجال التربية والقيم
 الصحة
 مساعدةالفقراء والمحتاجين والمعسرين</t>
+  </si>
+  <si>
+    <t>مؤسسة القريان لخدمة المجتمع</t>
+  </si>
+  <si>
+    <t>عن المؤسسة تأسست مؤسسة القريان لخدمة المجتمع في عام 1445هـ امتدادًا لعطاءٍ خيريٍ سابق تجاوز عشرين عامًا، وهي مؤسسة أهلية مانحة مرخصة من المركز الوطني لتنمية القطاع غير الربحي برقم (1100506000) وتاريخ (1445/07/11هـ) تسعى لتقديم المنح بمختلف مجالاته للرقي بالمجتمع ومساعدة المحتاج. رسالة المؤسسة مؤسسة أهلية مانحة تسعى بإتقان بدعم وتمكين من مؤسسيها إلى تقديم المنح بمختلف مجالاته من خلال منح نوعي يخدم الفرد والمجتمع وفريق عمل متكامل بوسائل تقنية حديثة مجالات المنح رعاية وتأهيل الأيتام والفقراء دعم حلقات تحفيظ القرآن الكريم والعناية بالمساجد خدمة ضيوف الرحمن وتفطير الصائمين العناية بالعلم الشرعي والدعوة تعزيز القيم المجتمعية لدى الشباب والفتيات</t>
+  </si>
+  <si>
+    <t>https://alqaryan.org.sa/</t>
+  </si>
+  <si>
+    <t>طريق عمر بن الخطاب - حي الفيحاء, الدمام</t>
+  </si>
+  <si>
+    <t>0533066557</t>
+  </si>
+  <si>
+    <t>info@alqaryan.org.sa</t>
+  </si>
+  <si>
+    <t>مؤسسة الجميح الخيرية</t>
+  </si>
+  <si>
+    <t>مؤسسة آل الجميح الخيرية مؤسسة خيرية خاصة، تعنى بالعمل الخيري الشامل داخل المملكة العربية السعودية، من خلال دعم الجهات الخيرية المختلفة مادياً ومعنوياً والمساهمة في عقد شراكات لتنفيذ مجموعة من البرامج والمشاريع المتميزة لتنمية المجتمع وخدمته. رؤيتنا: الشريك الاستراتيجي لتحقيق التميز الأسري في المجتمع. قيمنا: احترافية - تأثير مجتمعي - مبادرة - تحفيز - مرونة - ابتكار. رسالتنا: مؤسسة مانحة تُسهم في تنمية المجتمع لتحقيق تطلعات واحتياجات الأسرة من خلال برامج نوعية مبتكرة وبيئة احترافية محفزة وشراكات إستراتيجية فاعلة تعظيماً للنفع والأجر.</t>
+  </si>
+  <si>
+    <t>https://jch.org.sa/</t>
+  </si>
+  <si>
+    <t>المملكة العربية السعودية - الرياض / ص.ب 4030 الرياض 11491</t>
+  </si>
+  <si>
+    <t>0114792122 - تحويلة 100 - 101</t>
+  </si>
+  <si>
+    <t>دعم البرامج الثقافية
+دعم البرامج الاجتماعية
+دعم مجال التربية والقيم
+البرامج التعليمية</t>
+  </si>
+  <si>
+    <t>مؤسسة محمد بن عبدالله الجميح الأهلية</t>
+  </si>
+  <si>
+    <t>مؤسسة مانحة مرخصة من وزارة العمل والتنمية الاجتماعية برقم (207) وتاريخ (29/5/1440هـ) ، متخصصة في إدارة وتنفيذ وصية الشيخ محمد بن عبدالله الجميح -رحمه الله- ، ويأتي ذلك انطلاقاً من رؤية المؤسسين وحرصهم على أن تكون المؤسسة إضافة نوعية لعقد المؤسسات المانحة في المملكة العربية السعودية من خلال تخصصها وأسلوب عملها وشراكاتها والأثر الخيري الذي تسعى إلى المساهمة فيه</t>
+  </si>
+  <si>
+    <t>https://m-jomaih.org.sa/</t>
+  </si>
+  <si>
+    <t>شارع الحاوي - حي حطين - الرياض</t>
+  </si>
+  <si>
+    <t>0112110668</t>
+  </si>
+  <si>
+    <t>0556670051</t>
+  </si>
+  <si>
+    <t>info@m-jomaih.com</t>
+  </si>
+  <si>
+    <t>دعم البرامج العلمية/الدعوية
+رعاية الايتام
+مساعدةالفقراء والمحتاجين والمعسرين
+بناء المساجد
+تحفيظ القران الكريم
+الصحة
+التوعية والتعليم
+البرامج الموسمية</t>
+  </si>
+  <si>
+    <t>زهوة الخيرية</t>
+  </si>
+  <si>
+    <t>أنشأت مؤسسة والدة الاميرة حصة بنت مشعل بن عبدالعزيز ال سعود (زهوة) عام (1434هـ) لتكون رافداً من روافد التنمية في هذا البلد المعطاء بهدف دعم الانسان وحفظ كرامته وتنمية قدراته والتخفيف من أعباء الحياة على ذوي الظروف الخاصة، حيث تسعى أن تكون مؤسسة والدة الاميرة حصة بنت مشعل بن عبدالعزيز ال سعود (زهوة) أن تكون أنموذجا يحتذى به في العمل المؤسسي في المجال الخيري والتنموي وعكفت هذه المؤسسة منذ نشأتها من خلال القائمين عليها على توفير الدعم لمستحقيه دون التمييز بينهم مع الحرص على مقابله احتياجاتهم بما يحقق تطلعات القائمين على المؤسسة</t>
+  </si>
+  <si>
+    <t>https://zahwa-co.com/</t>
+  </si>
+  <si>
+    <t>المملكة العربية السعودية</t>
+  </si>
+  <si>
+    <t>zahwahco@gmail.com</t>
+  </si>
+  <si>
+    <t>مؤسسة مزن الخيرية</t>
+  </si>
+  <si>
+    <t>مؤسسة مزن الخيرية مزن، مؤسسة خيرية مسجلة لدى الإدارة العامة للجمعيات والمؤسسات الخيرية بوزارة الموارد البشرية والتنمية الاجتماعية برقم 176 بتاريخ 10/02/1437هـ، وصاحبتها مزنة بنت محمد بن عبدالله الراجحي، رحمها الله تعالى. مؤسسة مزن، جهة مانحة ومقرها الرياض وتقدم خدماتها في جميع مناطق المملكة ضمن مجالات وسياسات المنح المعتمدة.</t>
+  </si>
+  <si>
+    <t>https://muzun.org.sa/</t>
+  </si>
+  <si>
+    <t>المملكة العربية السعودية - الرياض</t>
+  </si>
+  <si>
+    <t>0510194041</t>
+  </si>
+  <si>
+    <t>البرامج التعليمية
+دعم البرامج الاجتماعية
+دعم البرامج الصحية
+الدعم السكني
+التوعية والتثقيف</t>
+  </si>
+  <si>
+    <t>مؤسسة نورة الملاحي</t>
+  </si>
+  <si>
+    <t>مؤسسة نورة الملاحي كيان وقفي غير ربحي تأسس بالرياض (الصك رقم 35156862)، يركّز على دعم التقنية وتمويل المبادرات الاجتماعية برؤية قائمة على الاستدامة والأثر. الهدف العام نمكن الشراكات لنعزز أثر الاستدامة نعمل على بناء شراكات استراتيجية تعزّز استدامة الجهات غير الربحية، وتسهم في مواجهة التحديات المجتمعية ودفع عجلة التنمية.</t>
+  </si>
+  <si>
+    <t>https://norahfoundation.org.sa/%d8%b9%d9%86-%d8%a7%d9%84%d9%85%d8%a4%d8%b3%d8%b3%d8%a9/</t>
+  </si>
+  <si>
+    <t>الرياض، حي الملك فهد، طريق الملك عبد اللّه</t>
+  </si>
+  <si>
+    <t>info@norahfoundation.org</t>
+  </si>
+  <si>
+    <t>ناظر الوقفية</t>
+  </si>
+  <si>
+    <t>مؤسسة ناظر الوقفية الرؤية : الريادة في نظارة الأوقاف وابتكار الحلول لها. القيم : المرونة، الإحسان، الحوكمة، الشراكة. الرسالة : خدمة الأوقاف بإدارة أصولها وصرف ريعها وتدريب نظارها وتسويق خدماتها، وإدارة المعرفة الخادمة لها عبر حلول ملائمة وأفكار مبتكرة ينفذها فريق عمل مهني في بيئة مؤسسية. أهداف المؤسسة إدارة الأوقاف وتسويقها وتنميتها وتطويرها. نشر ثقــافة الأوقاف والوصايا في المجتمع. تقديم الاستشارات والدراسات المتخصصة في الأوقاف والوصايا. المساهمة في تسجيل الأوقاف وتيسيرها للواقفين. الشراكات الاستراتيجية مع المـؤسسـات التنموية المتخصصة لتقـديم الخدمات الإدارية والفنية للأوقاف ومؤسساتها. استثمار الأوقاف وتنميتـها وتحقيق الاستدامة المالية للكيانات الوقفية.</t>
+  </si>
+  <si>
+    <t>https://nadhrcharity.sa/</t>
+  </si>
+  <si>
+    <t>الرياض - حي الروابي - الدائري الشرقي مخرج 15</t>
+  </si>
+  <si>
+    <t>manh@nadhrcharity.sa</t>
+  </si>
+  <si>
+    <t>مساعدةالفقراء والمحتاجين والمعسرين
+نشر العلم
+الصحة</t>
+  </si>
+  <si>
+    <t>مؤسسة علي بن حسين بن حمران الأهلية</t>
+  </si>
+  <si>
+    <t>تأسست من قبل كل من الشيخ علي بن حسين بن حمران ووقف علي بن حسين بن حمران الخيري وتم ترخيصها من المركز الوطني لتنمية القطاع غير الربحي برقم (5029) وتاريخ 2023/06/07 م، ليتم من خلالها حوكمة المنح ووضعه في أفضل المواضع المحققة لتلبية أولى الحاجات لدى المستفيدين وتعظيم أجر الواقف</t>
+  </si>
+  <si>
+    <t>https://abh.org.sa/</t>
+  </si>
+  <si>
+    <t>طريق الأمير محمد بن عبد العزيز حي الروضة، جدة</t>
+  </si>
+  <si>
+    <t>info@abh.org.sa</t>
+  </si>
+  <si>
+    <t>دعم البرامج العلمية/الدعوية
+دعم البرامج الاجتماعية
+بناء المساجد
+نشر العلم
+ادارة أعمال البر</t>
+  </si>
+  <si>
+    <t>صندوق دعم الجمعيات</t>
+  </si>
+  <si>
+    <t>تأسس صندوق دعم الجمعيات بقرار من مجلس الوزراء ليكون الذراع المالي والاستثماري الأول للقطاع غير الربحي في المملكة. يهدف الصندوق إلى تعزيز الاستدامة المالية للجمعيات الأهلية، من خلال توفير حلول تمويلية مبتكرة وبرامج استثمارية. يسعى الصندوق إلى تمكين الجمعيات من أداء دورها التنموي بفاعلية، عبر خلق بيئة داعمة تضمن استمرارية العطاء وتحقيق الأثر الإيجابي في المجتمع</t>
+  </si>
+  <si>
+    <t>https://asf.gov.sa/ar</t>
+  </si>
+  <si>
+    <t>مبنى رقم 8462 طريق عثمان بن عفان، حي الندى 3796، الرياض 13317، المملكة العربية السعودية</t>
+  </si>
+  <si>
+    <t>info@asf.gov.sa</t>
+  </si>
+  <si>
+    <t>مؤسسة سليمان أبانمي الأهلية</t>
+  </si>
+  <si>
+    <t>مؤسسة سليمان أبانمي الأهلية تسعى إلى دعم المبادرات النوعية في تنمية المجتمع وتعزيز القيم الفاضلة وتتكامل مع غيرها لإحداث أثر تنموي يُسهم في تحقيق رؤية المملكة العربية السعودية 2030. وقد تأسست المؤسسة في مدينة الرياض بتاريخ 2020/6/27 وبترخيص رقم (1020) من المركز الوطني لتنمية القطاع غير الربحي.</t>
+  </si>
+  <si>
+    <t>0112221125</t>
+  </si>
+  <si>
+    <t>0501053692</t>
+  </si>
+  <si>
+    <t>info@abanumay.sa</t>
+  </si>
+  <si>
+    <t>دعم البرامج العلمية/الدعوية
+بناء المساجد
+دعم مجال التربية والقيم
+تحفيظ القران الكريم
+التعليم
+الصحة
+الحج والعمرة</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -5015,54 +5186,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N233"/>
+  <dimension ref="A1:N242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N233" sqref="N233"/>
+      <selection activeCell="N242" sqref="N242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -7442,4620 +7613,4854 @@
       </c>
       <c r="D79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>543</v>
       </c>
       <c r="H79" t="s">
         <v>544</v>
       </c>
       <c r="I79" t="s">
         <v>545</v>
       </c>
       <c r="K79" t="s">
         <v>546</v>
       </c>
       <c r="L79" t="s">
         <v>547</v>
       </c>
       <c r="N79" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B80" t="s">
         <v>548</v>
       </c>
       <c r="C80" t="s">
         <v>549</v>
       </c>
       <c r="D80" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="F80" t="s">
+        <v>16</v>
+      </c>
+      <c r="G80" t="s">
         <v>550</v>
       </c>
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>551</v>
       </c>
-      <c r="H80" t="s">
-[...9 lines deleted...]
-        <v>555</v>
+      <c r="I80">
+        <v>114700005</v>
+      </c>
+      <c r="K80">
+        <v>114701555</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>556</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B81" t="s">
+        <v>552</v>
+      </c>
+      <c r="C81" t="s">
+        <v>553</v>
+      </c>
+      <c r="D81" t="s">
+        <v>184</v>
+      </c>
+      <c r="G81" t="s">
+        <v>554</v>
+      </c>
+      <c r="H81" t="s">
+        <v>555</v>
+      </c>
+      <c r="I81" t="s">
+        <v>556</v>
+      </c>
+      <c r="K81" t="s">
         <v>557</v>
       </c>
-      <c r="C81" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N81" s="1" t="s">
-        <v>320</v>
+        <v>359</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B82" t="s">
+        <v>558</v>
+      </c>
+      <c r="C82" t="s">
+        <v>559</v>
+      </c>
+      <c r="D82" t="s">
+        <v>81</v>
+      </c>
+      <c r="G82" t="s">
+        <v>560</v>
+      </c>
+      <c r="H82" t="s">
         <v>561</v>
       </c>
-      <c r="C82" t="s">
+      <c r="I82" t="s">
         <v>562</v>
       </c>
-      <c r="D82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="K82" t="s">
         <v>563</v>
       </c>
-      <c r="H82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N82" s="1" t="s">
-        <v>359</v>
+        <v>207</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="B83" t="s">
+        <v>564</v>
+      </c>
+      <c r="C83" t="s">
+        <v>565</v>
+      </c>
+      <c r="D83" t="s">
+        <v>16</v>
+      </c>
+      <c r="F83" t="s">
+        <v>566</v>
+      </c>
+      <c r="G83" t="s">
         <v>567</v>
       </c>
-      <c r="C83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H83" t="s">
-        <v>570</v>
-[...5 lines deleted...]
-        <v>572</v>
+        <v>16</v>
+      </c>
+      <c r="I83">
+        <v>560101100</v>
+      </c>
+      <c r="J83">
+        <v>0</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>207</v>
+        <v>517</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B84" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>184</v>
       </c>
       <c r="H84" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>569</v>
+      </c>
+      <c r="I84" t="s">
+        <v>570</v>
+      </c>
+      <c r="K84" t="s">
+        <v>571</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>517</v>
+        <v>359</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B85" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="D85" t="s">
-        <v>184</v>
+        <v>573</v>
       </c>
       <c r="H85" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="I85" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="K85" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="N85" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B86" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D86" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="H86" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="I86" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="K86" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>359</v>
+        <v>580</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B87" t="s">
+        <v>581</v>
+      </c>
+      <c r="C87" t="s">
+        <v>582</v>
+      </c>
+      <c r="D87" t="s">
+        <v>573</v>
+      </c>
+      <c r="G87" t="s">
+        <v>583</v>
+      </c>
+      <c r="H87" t="s">
+        <v>584</v>
+      </c>
+      <c r="I87">
+        <v>133412340</v>
+      </c>
+      <c r="K87" t="s">
+        <v>585</v>
+      </c>
+      <c r="L87" t="s">
         <v>586</v>
-      </c>
-[...13 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="B88" t="s">
+        <v>587</v>
+      </c>
+      <c r="C88" t="s">
+        <v>588</v>
+      </c>
+      <c r="D88" t="s">
+        <v>496</v>
+      </c>
+      <c r="G88" t="s">
+        <v>589</v>
+      </c>
+      <c r="H88" t="s">
         <v>590</v>
       </c>
-      <c r="C88" t="s">
+      <c r="I88">
+        <v>966133599999</v>
+      </c>
+      <c r="L88" t="s">
         <v>591</v>
       </c>
-      <c r="D88" t="s">
-[...15 lines deleted...]
-        <v>595</v>
+      <c r="N88" s="1" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B89" t="s">
+        <v>592</v>
+      </c>
+      <c r="C89" t="s">
+        <v>593</v>
+      </c>
+      <c r="D89" t="s">
+        <v>184</v>
+      </c>
+      <c r="F89" t="s">
+        <v>594</v>
+      </c>
+      <c r="G89" t="s">
+        <v>595</v>
+      </c>
+      <c r="H89" t="s">
         <v>596</v>
       </c>
-      <c r="C89" t="s">
+      <c r="I89" t="s">
         <v>597</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="L89" t="s">
         <v>598</v>
       </c>
-      <c r="H89" t="s">
+      <c r="N89" s="1" t="s">
         <v>599</v>
-      </c>
-[...7 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="B90" t="s">
+        <v>600</v>
+      </c>
+      <c r="D90" t="s">
+        <v>241</v>
+      </c>
+      <c r="H90" t="s">
         <v>601</v>
       </c>
-      <c r="C90" t="s">
+      <c r="I90">
+        <v>125500088</v>
+      </c>
+      <c r="K90">
+        <v>12500099</v>
+      </c>
+      <c r="L90" t="s">
         <v>602</v>
       </c>
-      <c r="D90" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N90" s="1" t="s">
-        <v>608</v>
+        <v>215</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="B91" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="D91" t="s">
-        <v>241</v>
+        <v>16</v>
+      </c>
+      <c r="G91" t="s">
+        <v>604</v>
       </c>
       <c r="H91" t="s">
-        <v>610</v>
-[...5 lines deleted...]
-        <v>12500099</v>
+        <v>605</v>
+      </c>
+      <c r="I91" t="s">
+        <v>606</v>
+      </c>
+      <c r="J91" t="s">
+        <v>607</v>
       </c>
       <c r="L91" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="N91" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B92" t="s">
+        <v>609</v>
+      </c>
+      <c r="C92" t="s">
+        <v>610</v>
+      </c>
+      <c r="D92" t="s">
+        <v>496</v>
+      </c>
+      <c r="H92" t="s">
+        <v>611</v>
+      </c>
+      <c r="I92" t="s">
         <v>612</v>
       </c>
-      <c r="D92" t="s">
-[...2 lines deleted...]
-      <c r="G92" t="s">
+      <c r="K92">
+        <v>138822111</v>
+      </c>
+      <c r="L92" t="s">
         <v>613</v>
       </c>
-      <c r="H92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N92" s="1" t="s">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B93" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="C93" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="D93" t="s">
-        <v>496</v>
+        <v>16</v>
       </c>
       <c r="H93" t="s">
-        <v>620</v>
-[...8 lines deleted...]
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>320</v>
+        <v>617</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="B94" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="D94" t="s">
-        <v>16</v>
+        <v>184</v>
       </c>
       <c r="H94" t="s">
-        <v>625</v>
+        <v>619</v>
+      </c>
+      <c r="I94">
+        <v>138301660</v>
+      </c>
+      <c r="K94">
+        <v>138322382</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>626</v>
+        <v>215</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B95" t="s">
-        <v>627</v>
+        <v>620</v>
+      </c>
+      <c r="C95" t="s">
+        <v>621</v>
       </c>
       <c r="D95" t="s">
-        <v>184</v>
+        <v>81</v>
       </c>
       <c r="H95" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="I95">
-        <v>138301660</v>
+        <v>126656364</v>
       </c>
       <c r="K95">
-        <v>138322382</v>
+        <v>126503036</v>
+      </c>
+      <c r="L95" t="s">
+        <v>623</v>
       </c>
       <c r="N95" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="B96" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="D96" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="H96" t="s">
-        <v>631</v>
-[...8 lines deleted...]
-        <v>632</v>
+        <v>625</v>
+      </c>
+      <c r="I96" t="s">
+        <v>626</v>
+      </c>
+      <c r="K96" t="s">
+        <v>627</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>215</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B97" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="D97" t="s">
         <v>16</v>
       </c>
       <c r="H97" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="I97" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="K97" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>631</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="B98" t="s">
+        <v>632</v>
+      </c>
+      <c r="C98" t="s">
+        <v>633</v>
+      </c>
+      <c r="D98" t="s">
+        <v>16</v>
+      </c>
+      <c r="F98" t="s">
+        <v>634</v>
+      </c>
+      <c r="G98" t="s">
+        <v>635</v>
+      </c>
+      <c r="H98" t="s">
+        <v>636</v>
+      </c>
+      <c r="I98">
+        <v>114798888</v>
+      </c>
+      <c r="K98">
+        <v>114798898</v>
+      </c>
+      <c r="N98" s="1" t="s">
         <v>637</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B99" t="s">
+        <v>638</v>
+      </c>
+      <c r="C99" t="s">
+        <v>639</v>
+      </c>
+      <c r="D99" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" t="s">
+        <v>640</v>
+      </c>
+      <c r="H99" t="s">
         <v>641</v>
       </c>
-      <c r="C99" t="s">
+      <c r="I99">
+        <v>112764730</v>
+      </c>
+      <c r="K99">
+        <v>1114050660</v>
+      </c>
+      <c r="L99" t="s">
         <v>642</v>
       </c>
-      <c r="D99" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N99" s="1" t="s">
-        <v>646</v>
+        <v>430</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B100" t="s">
+        <v>643</v>
+      </c>
+      <c r="C100" t="s">
+        <v>644</v>
+      </c>
+      <c r="D100" t="s">
+        <v>16</v>
+      </c>
+      <c r="G100" t="s">
+        <v>645</v>
+      </c>
+      <c r="H100" t="s">
+        <v>646</v>
+      </c>
+      <c r="I100">
+        <v>112899999</v>
+      </c>
+      <c r="K100" t="s">
         <v>647</v>
-      </c>
-[...22 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="B101" t="s">
+        <v>648</v>
+      </c>
+      <c r="C101" t="s">
+        <v>649</v>
+      </c>
+      <c r="D101" t="s">
+        <v>16</v>
+      </c>
+      <c r="F101" t="s">
+        <v>650</v>
+      </c>
+      <c r="G101" t="s">
+        <v>651</v>
+      </c>
+      <c r="H101" t="s">
         <v>652</v>
       </c>
-      <c r="C101" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I101">
-        <v>112899999</v>
-[...2 lines deleted...]
-        <v>656</v>
+        <v>966114603333</v>
+      </c>
+      <c r="K101">
+        <v>112795860</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B102" t="s">
+        <v>653</v>
+      </c>
+      <c r="C102" t="s">
+        <v>654</v>
+      </c>
+      <c r="D102" t="s">
+        <v>16</v>
+      </c>
+      <c r="G102" t="s">
+        <v>655</v>
+      </c>
+      <c r="H102" t="s">
+        <v>656</v>
+      </c>
+      <c r="I102">
+        <v>114013030</v>
+      </c>
+      <c r="L102" t="s">
         <v>657</v>
       </c>
-      <c r="C102" t="s">
+      <c r="N102" s="1" t="s">
         <v>658</v>
-      </c>
-[...16 lines deleted...]
-        <v>112795860</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B103" t="s">
+        <v>659</v>
+      </c>
+      <c r="C103" t="s">
+        <v>660</v>
+      </c>
+      <c r="D103" t="s">
+        <v>16</v>
+      </c>
+      <c r="F103" t="s">
+        <v>661</v>
+      </c>
+      <c r="G103" t="s">
         <v>662</v>
       </c>
-      <c r="C103" t="s">
+      <c r="H103" t="s">
+        <v>16</v>
+      </c>
+      <c r="I103">
+        <v>114183100</v>
+      </c>
+      <c r="K103">
+        <v>114776781</v>
+      </c>
+      <c r="N103" s="1" t="s">
         <v>663</v>
-      </c>
-[...16 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B104" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C104" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D104" t="s">
         <v>16</v>
       </c>
       <c r="F104" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="G104" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="H104" t="s">
         <v>16</v>
       </c>
       <c r="I104">
-        <v>114183100</v>
+        <v>114771770</v>
       </c>
       <c r="K104">
-        <v>114776781</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>112177979</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="B105" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="D105" t="s">
         <v>16</v>
       </c>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="H105" t="s">
         <v>16</v>
       </c>
       <c r="I105">
-        <v>114771770</v>
+        <v>114798888</v>
       </c>
       <c r="K105">
-        <v>112177979</v>
+        <v>114776781</v>
+      </c>
+      <c r="L105" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B106" t="s">
-        <v>677</v>
+        <v>671</v>
+      </c>
+      <c r="C106" t="s">
+        <v>672</v>
       </c>
       <c r="D106" t="s">
         <v>16</v>
       </c>
+      <c r="F106" t="s">
+        <v>673</v>
+      </c>
       <c r="G106" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="H106" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="I106">
-        <v>114798888</v>
-[...5 lines deleted...]
-        <v>679</v>
+        <v>114010288</v>
+      </c>
+      <c r="K106" t="s">
+        <v>676</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B107" t="s">
+        <v>677</v>
+      </c>
+      <c r="C107" t="s">
+        <v>678</v>
+      </c>
+      <c r="D107" t="s">
+        <v>16</v>
+      </c>
+      <c r="F107" t="s">
+        <v>679</v>
+      </c>
+      <c r="G107" t="s">
         <v>680</v>
       </c>
-      <c r="C107" t="s">
+      <c r="H107" t="s">
         <v>681</v>
       </c>
-      <c r="D107" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I107">
-        <v>114010288</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>112185555</v>
+      </c>
+      <c r="K107">
+        <v>112185000</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B108" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="C108" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="D108" t="s">
         <v>16</v>
       </c>
-      <c r="F108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="H108" t="s">
-        <v>690</v>
+        <v>16</v>
       </c>
       <c r="I108">
-        <v>112185555</v>
+        <v>112258000</v>
       </c>
       <c r="K108">
-        <v>112185000</v>
+        <v>112559000</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B109" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>686</v>
       </c>
       <c r="G109" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="H109" t="s">
-        <v>16</v>
+        <v>686</v>
       </c>
       <c r="I109">
-        <v>112258000</v>
+        <v>138720115</v>
       </c>
       <c r="K109">
-        <v>112559000</v>
+        <v>138738190</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B110" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="D110" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>573</v>
       </c>
       <c r="H110" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="I110">
-        <v>138720115</v>
-[...2 lines deleted...]
-        <v>138738190</v>
+        <v>133752000</v>
+      </c>
+      <c r="L110" t="s">
+        <v>690</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B111" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="D111" t="s">
-        <v>582</v>
+        <v>692</v>
+      </c>
+      <c r="G111" t="s">
+        <v>693</v>
       </c>
       <c r="H111" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="I111">
-        <v>133752000</v>
+        <v>143752000</v>
       </c>
       <c r="L111" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B112" t="s">
+        <v>696</v>
+      </c>
+      <c r="C112" t="s">
+        <v>697</v>
+      </c>
+      <c r="D112" t="s">
+        <v>573</v>
+      </c>
+      <c r="G112" t="s">
+        <v>698</v>
+      </c>
+      <c r="H112" t="s">
+        <v>573</v>
+      </c>
+      <c r="I112" t="s">
+        <v>699</v>
+      </c>
+      <c r="K112">
+        <v>1333588139</v>
+      </c>
+      <c r="L112" t="s">
         <v>700</v>
       </c>
-      <c r="D112" t="s">
+      <c r="N112" s="1" t="s">
         <v>701</v>
-      </c>
-[...10 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B113" t="s">
+        <v>702</v>
+      </c>
+      <c r="C113" t="s">
+        <v>703</v>
+      </c>
+      <c r="D113" t="s">
+        <v>184</v>
+      </c>
+      <c r="G113" t="s">
+        <v>704</v>
+      </c>
+      <c r="H113" t="s">
         <v>705</v>
       </c>
-      <c r="C113" t="s">
+      <c r="I113" t="s">
         <v>706</v>
       </c>
-      <c r="D113" t="s">
-[...2 lines deleted...]
-      <c r="G113" t="s">
+      <c r="K113" t="s">
         <v>707</v>
       </c>
-      <c r="H113" t="s">
-[...2 lines deleted...]
-      <c r="I113" t="s">
+      <c r="L113" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B114" t="s">
+        <v>709</v>
+      </c>
+      <c r="D114" t="s">
+        <v>573</v>
+      </c>
+      <c r="G114" t="s">
+        <v>710</v>
+      </c>
+      <c r="H114" t="s">
         <v>711</v>
       </c>
-      <c r="C114" t="s">
+      <c r="I114">
+        <v>133566000</v>
+      </c>
+      <c r="K114" t="s">
         <v>712</v>
       </c>
-      <c r="D114" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L114" t="s">
-        <v>717</v>
+        <v>710</v>
+      </c>
+      <c r="N114" s="1" t="s">
+        <v>637</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="B115" t="s">
-        <v>718</v>
+        <v>713</v>
+      </c>
+      <c r="C115" t="s">
+        <v>714</v>
       </c>
       <c r="D115" t="s">
-        <v>582</v>
+        <v>490</v>
       </c>
       <c r="G115" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="H115" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="I115">
-        <v>133566000</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>133406618</v>
+      </c>
+      <c r="K115">
+        <v>146533522</v>
       </c>
       <c r="L115" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>717</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B116" t="s">
+        <v>718</v>
+      </c>
+      <c r="C116" t="s">
+        <v>719</v>
+      </c>
+      <c r="D116" t="s">
+        <v>720</v>
+      </c>
+      <c r="F116" t="s">
+        <v>721</v>
+      </c>
+      <c r="G116" t="s">
         <v>722</v>
       </c>
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>723</v>
       </c>
-      <c r="D116" t="s">
-[...2 lines deleted...]
-      <c r="G116" t="s">
+      <c r="I116">
+        <v>175299990</v>
+      </c>
+      <c r="K116">
+        <v>17529991</v>
+      </c>
+      <c r="L116" t="s">
         <v>724</v>
       </c>
-      <c r="H116" t="s">
+      <c r="N116" s="1" t="s">
         <v>725</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B117" t="s">
+        <v>726</v>
+      </c>
+      <c r="C117" t="s">
         <v>727</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>16</v>
+      </c>
+      <c r="F117" t="s">
         <v>728</v>
       </c>
-      <c r="D117" t="s">
+      <c r="G117" t="s">
         <v>729</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>730</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117">
+        <v>920020208</v>
+      </c>
+      <c r="K117" t="s">
         <v>731</v>
       </c>
-      <c r="H117" t="s">
+      <c r="L117" t="s">
         <v>732</v>
       </c>
-      <c r="I117">
-[...5 lines deleted...]
-      <c r="L117" t="s">
+      <c r="N117" s="1" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B118" t="s">
+        <v>734</v>
+      </c>
+      <c r="C118" t="s">
         <v>735</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>233</v>
+      </c>
+      <c r="G118" t="s">
         <v>736</v>
       </c>
-      <c r="D118" t="s">
-[...2 lines deleted...]
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>737</v>
       </c>
-      <c r="G118" t="s">
+      <c r="I118" t="s">
         <v>738</v>
       </c>
-      <c r="H118" t="s">
+      <c r="K118" t="s">
         <v>739</v>
       </c>
-      <c r="I118">
-[...2 lines deleted...]
-      <c r="K118" t="s">
+      <c r="L118" t="s">
         <v>740</v>
       </c>
-      <c r="L118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N118" s="1" t="s">
-        <v>742</v>
+        <v>517</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B119" t="s">
+        <v>741</v>
+      </c>
+      <c r="C119" t="s">
+        <v>742</v>
+      </c>
+      <c r="D119" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" t="s">
         <v>743</v>
       </c>
-      <c r="C119" t="s">
+      <c r="H119" t="s">
         <v>744</v>
       </c>
-      <c r="D119" t="s">
-[...2 lines deleted...]
-      <c r="G119" t="s">
+      <c r="I119">
+        <v>920004324</v>
+      </c>
+      <c r="K119">
+        <v>920004325</v>
+      </c>
+      <c r="L119" t="s">
         <v>745</v>
       </c>
-      <c r="H119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N119" s="1" t="s">
-        <v>517</v>
+        <v>282</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B120" t="s">
+        <v>746</v>
+      </c>
+      <c r="C120" t="s">
+        <v>747</v>
+      </c>
+      <c r="D120" t="s">
+        <v>748</v>
+      </c>
+      <c r="G120" t="s">
+        <v>749</v>
+      </c>
+      <c r="H120" t="s">
         <v>750</v>
       </c>
-      <c r="C120" t="s">
+      <c r="I120" t="s">
         <v>751</v>
       </c>
-      <c r="D120" t="s">
-[...2 lines deleted...]
-      <c r="G120" t="s">
+      <c r="K120" t="s">
         <v>752</v>
       </c>
-      <c r="H120" t="s">
+      <c r="L120" t="s">
         <v>753</v>
-      </c>
-[...10 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B121" t="s">
+        <v>754</v>
+      </c>
+      <c r="C121" t="s">
         <v>755</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
+        <v>184</v>
+      </c>
+      <c r="F121" t="s">
         <v>756</v>
       </c>
-      <c r="D121" t="s">
+      <c r="G121" t="s">
         <v>757</v>
       </c>
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>758</v>
       </c>
-      <c r="H121" t="s">
+      <c r="I121" t="s">
         <v>759</v>
       </c>
-      <c r="I121" t="s">
+      <c r="K121" t="s">
         <v>760</v>
       </c>
-      <c r="K121" t="s">
-[...3 lines deleted...]
-        <v>762</v>
+      <c r="N121" s="1" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B122" t="s">
+        <v>761</v>
+      </c>
+      <c r="C122" t="s">
+        <v>762</v>
+      </c>
+      <c r="D122" t="s">
+        <v>16</v>
+      </c>
+      <c r="G122" t="s">
         <v>763</v>
       </c>
-      <c r="C122" t="s">
+      <c r="H122" t="s">
         <v>764</v>
       </c>
-      <c r="D122" t="s">
-[...2 lines deleted...]
-      <c r="F122" t="s">
+      <c r="I122">
+        <v>114085600</v>
+      </c>
+      <c r="K122" t="s">
         <v>765</v>
       </c>
-      <c r="G122" t="s">
+      <c r="L122" t="s">
         <v>766</v>
-      </c>
-[...7 lines deleted...]
-        <v>769</v>
       </c>
       <c r="N122" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B123" t="s">
+        <v>767</v>
+      </c>
+      <c r="C123" t="s">
+        <v>768</v>
+      </c>
+      <c r="D123" t="s">
+        <v>769</v>
+      </c>
+      <c r="G123" t="s">
         <v>770</v>
       </c>
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>771</v>
       </c>
-      <c r="D123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="I123">
+        <v>144324100</v>
+      </c>
+      <c r="K123">
+        <v>144324342</v>
+      </c>
+      <c r="L123" t="s">
         <v>772</v>
       </c>
-      <c r="H123" t="s">
+      <c r="N123" s="1" t="s">
         <v>773</v>
-      </c>
-[...10 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B124" t="s">
+        <v>774</v>
+      </c>
+      <c r="C124" t="s">
+        <v>775</v>
+      </c>
+      <c r="D124" t="s">
+        <v>81</v>
+      </c>
+      <c r="G124" t="s">
         <v>776</v>
       </c>
-      <c r="C124" t="s">
+      <c r="H124" t="s">
         <v>777</v>
       </c>
-      <c r="D124" t="s">
+      <c r="I124">
+        <v>126531555</v>
+      </c>
+      <c r="K124" t="s">
         <v>778</v>
       </c>
-      <c r="G124" t="s">
+      <c r="L124" t="s">
         <v>779</v>
-      </c>
-[...13 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B125" t="s">
+        <v>780</v>
+      </c>
+      <c r="C125" t="s">
+        <v>781</v>
+      </c>
+      <c r="D125" t="s">
+        <v>184</v>
+      </c>
+      <c r="G125" t="s">
+        <v>782</v>
+      </c>
+      <c r="H125" t="s">
         <v>783</v>
       </c>
-      <c r="C125" t="s">
+      <c r="I125">
+        <v>138358000</v>
+      </c>
+      <c r="K125" t="s">
         <v>784</v>
       </c>
-      <c r="D125" t="s">
-[...2 lines deleted...]
-      <c r="G125" t="s">
+      <c r="L125" t="s">
         <v>785</v>
       </c>
-      <c r="H125" t="s">
-[...9 lines deleted...]
-        <v>788</v>
+      <c r="N125" s="1" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B126" t="s">
+        <v>786</v>
+      </c>
+      <c r="C126" t="s">
+        <v>787</v>
+      </c>
+      <c r="D126" t="s">
+        <v>81</v>
+      </c>
+      <c r="G126" t="s">
+        <v>788</v>
+      </c>
+      <c r="H126" t="s">
         <v>789</v>
       </c>
-      <c r="C126" t="s">
+      <c r="I126" t="s">
         <v>790</v>
       </c>
-      <c r="D126" t="s">
-[...2 lines deleted...]
-      <c r="G126" t="s">
+      <c r="K126" t="s">
         <v>791</v>
       </c>
-      <c r="H126" t="s">
+      <c r="L126" t="s">
         <v>792</v>
-      </c>
-[...10 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B127" t="s">
+        <v>793</v>
+      </c>
+      <c r="C127" t="s">
+        <v>794</v>
+      </c>
+      <c r="D127" t="s">
+        <v>16</v>
+      </c>
+      <c r="F127" t="s">
         <v>795</v>
       </c>
-      <c r="C127" t="s">
+      <c r="G127" t="s">
         <v>796</v>
       </c>
-      <c r="D127" t="s">
-[...2 lines deleted...]
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>797</v>
       </c>
-      <c r="H127" t="s">
+      <c r="I127" t="s">
         <v>798</v>
       </c>
-      <c r="I127" t="s">
+      <c r="K127" t="s">
         <v>799</v>
       </c>
-      <c r="K127" t="s">
+      <c r="L127" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B128" t="s">
+        <v>801</v>
+      </c>
+      <c r="C128" t="s">
         <v>802</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
+        <v>573</v>
+      </c>
+      <c r="G128" t="s">
         <v>803</v>
       </c>
-      <c r="D128" t="s">
-[...2 lines deleted...]
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>804</v>
       </c>
-      <c r="G128" t="s">
+      <c r="I128" t="s">
         <v>805</v>
       </c>
-      <c r="H128" t="s">
+      <c r="K128" t="s">
         <v>806</v>
       </c>
-      <c r="I128" t="s">
+      <c r="L128" t="s">
         <v>807</v>
       </c>
-      <c r="K128" t="s">
-[...3 lines deleted...]
-        <v>809</v>
+      <c r="N128" s="1" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="B129" t="s">
+        <v>808</v>
+      </c>
+      <c r="C129" t="s">
+        <v>809</v>
+      </c>
+      <c r="D129" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" t="s">
         <v>810</v>
       </c>
-      <c r="C129" t="s">
+      <c r="H129" t="s">
         <v>811</v>
       </c>
-      <c r="D129" t="s">
-[...2 lines deleted...]
-      <c r="G129" t="s">
+      <c r="I129" t="s">
         <v>812</v>
       </c>
-      <c r="H129" t="s">
+      <c r="K129" t="s">
+        <v>812</v>
+      </c>
+      <c r="L129" t="s">
         <v>813</v>
-      </c>
-[...10 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B130" t="s">
+        <v>814</v>
+      </c>
+      <c r="C130" t="s">
+        <v>815</v>
+      </c>
+      <c r="D130" t="s">
+        <v>16</v>
+      </c>
+      <c r="F130" t="s">
+        <v>816</v>
+      </c>
+      <c r="G130" t="s">
         <v>817</v>
       </c>
-      <c r="C130" t="s">
+      <c r="H130" t="s">
+        <v>16</v>
+      </c>
+      <c r="I130" t="s">
         <v>818</v>
       </c>
-      <c r="D130" t="s">
-[...2 lines deleted...]
-      <c r="G130" t="s">
+      <c r="K130" t="s">
         <v>819</v>
       </c>
-      <c r="H130" t="s">
+      <c r="L130" t="s">
         <v>820</v>
-      </c>
-[...7 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B131" t="s">
+        <v>821</v>
+      </c>
+      <c r="C131" t="s">
+        <v>822</v>
+      </c>
+      <c r="D131" t="s">
+        <v>81</v>
+      </c>
+      <c r="F131" t="s">
         <v>823</v>
       </c>
-      <c r="C131" t="s">
+      <c r="G131" t="s">
         <v>824</v>
       </c>
-      <c r="D131" t="s">
-[...2 lines deleted...]
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>825</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131">
+        <v>920022511</v>
+      </c>
+      <c r="L131" t="s">
         <v>826</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="B132" t="s">
+        <v>827</v>
+      </c>
+      <c r="C132" t="s">
+        <v>828</v>
+      </c>
+      <c r="D132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>829</v>
+      </c>
+      <c r="H132" t="s">
         <v>830</v>
       </c>
-      <c r="C132" t="s">
+      <c r="I132" t="s">
         <v>831</v>
       </c>
-      <c r="D132" t="s">
-[...2 lines deleted...]
-      <c r="F132" t="s">
+      <c r="K132" t="s">
         <v>832</v>
       </c>
-      <c r="G132" t="s">
+      <c r="L132" t="s">
         <v>833</v>
-      </c>
-[...7 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="B133" t="s">
+        <v>834</v>
+      </c>
+      <c r="C133" t="s">
+        <v>835</v>
+      </c>
+      <c r="D133" t="s">
+        <v>16</v>
+      </c>
+      <c r="F133" t="s">
         <v>836</v>
       </c>
-      <c r="C133" t="s">
+      <c r="G133" t="s">
         <v>837</v>
       </c>
-      <c r="D133" t="s">
-[...2 lines deleted...]
-      <c r="G133" t="s">
+      <c r="H133" t="s">
         <v>838</v>
       </c>
-      <c r="H133" t="s">
+      <c r="I133">
+        <v>112111112</v>
+      </c>
+      <c r="K133">
+        <v>112111111</v>
+      </c>
+      <c r="L133" t="s">
         <v>839</v>
-      </c>
-[...7 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B134" t="s">
+        <v>840</v>
+      </c>
+      <c r="D134" t="s">
+        <v>81</v>
+      </c>
+      <c r="G134" t="s">
+        <v>841</v>
+      </c>
+      <c r="H134" t="s">
+        <v>842</v>
+      </c>
+      <c r="I134">
+        <v>920001699</v>
+      </c>
+      <c r="K134">
+        <v>126849054</v>
+      </c>
+      <c r="L134" t="s">
         <v>843</v>
-      </c>
-[...22 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="B135" t="s">
+        <v>844</v>
+      </c>
+      <c r="C135" t="s">
+        <v>845</v>
+      </c>
+      <c r="D135" t="s">
+        <v>496</v>
+      </c>
+      <c r="F135" t="s">
+        <v>846</v>
+      </c>
+      <c r="G135" t="s">
+        <v>847</v>
+      </c>
+      <c r="H135" t="s">
+        <v>848</v>
+      </c>
+      <c r="I135" t="s">
         <v>849</v>
       </c>
-      <c r="D135" t="s">
-[...2 lines deleted...]
-      <c r="G135" t="s">
+      <c r="K135" t="s">
         <v>850</v>
       </c>
-      <c r="H135" t="s">
+      <c r="L135" t="s">
         <v>851</v>
-      </c>
-[...7 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B136" t="s">
+        <v>852</v>
+      </c>
+      <c r="C136" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="D136" t="s">
         <v>496</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136" t="s">
+        <v>854</v>
+      </c>
+      <c r="H136" t="s">
         <v>855</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136">
+        <v>-8877935</v>
+      </c>
+      <c r="K136" t="s">
         <v>856</v>
       </c>
-      <c r="H136" t="s">
+      <c r="L136" t="s">
         <v>857</v>
-      </c>
-[...7 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B137" t="s">
+        <v>858</v>
+      </c>
+      <c r="C137" t="s">
+        <v>859</v>
+      </c>
+      <c r="D137" t="s">
+        <v>860</v>
+      </c>
+      <c r="E137" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="F137" t="s">
         <v>861</v>
       </c>
-      <c r="C137" t="s">
+      <c r="G137" t="s">
         <v>862</v>
       </c>
-      <c r="D137" t="s">
-[...2 lines deleted...]
-      <c r="G137" t="s">
+      <c r="H137" t="s">
+        <v>860</v>
+      </c>
+      <c r="I137" t="s">
         <v>863</v>
       </c>
-      <c r="H137" t="s">
+      <c r="K137" t="s">
         <v>864</v>
       </c>
-      <c r="I137">
-[...2 lines deleted...]
-      <c r="K137" t="s">
+      <c r="L137" t="s">
         <v>865</v>
       </c>
-      <c r="L137" t="s">
-        <v>866</v>
+      <c r="N137" s="1" t="s">
+        <v>517</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B138" t="s">
+        <v>866</v>
+      </c>
+      <c r="C138" t="s">
         <v>867</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
         <v>868</v>
-      </c>
-[...10 lines deleted...]
-        <v>871</v>
       </c>
       <c r="H138" t="s">
         <v>869</v>
       </c>
       <c r="I138" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="K138" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="L138" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>517</v>
+        <v>871</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B139" t="s">
+        <v>872</v>
+      </c>
+      <c r="C139" t="s">
+        <v>873</v>
+      </c>
+      <c r="D139" t="s">
+        <v>81</v>
+      </c>
+      <c r="F139" t="s">
+        <v>874</v>
+      </c>
+      <c r="G139" t="s">
         <v>875</v>
       </c>
-      <c r="C139" t="s">
+      <c r="H139" t="s">
+        <v>81</v>
+      </c>
+      <c r="I139" t="s">
         <v>876</v>
       </c>
-      <c r="D139" t="s">
-[...2 lines deleted...]
-      <c r="G139" t="s">
+      <c r="K139" t="s">
         <v>877</v>
       </c>
-      <c r="H139" t="s">
+      <c r="L139" t="s">
         <v>878</v>
-      </c>
-[...7 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B140" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C140" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D140" t="s">
         <v>81</v>
       </c>
       <c r="F140" t="s">
+        <v>881</v>
+      </c>
+      <c r="G140" t="s">
+        <v>882</v>
+      </c>
+      <c r="H140" t="s">
         <v>883</v>
       </c>
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>884</v>
       </c>
-      <c r="H140" t="s">
-[...2 lines deleted...]
-      <c r="I140" t="s">
+      <c r="K140" t="s">
         <v>885</v>
       </c>
-      <c r="K140" t="s">
+      <c r="N140" s="1" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B141" t="s">
+        <v>887</v>
+      </c>
+      <c r="C141" t="s">
         <v>888</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
+        <v>496</v>
+      </c>
+      <c r="F141" t="s">
         <v>889</v>
       </c>
-      <c r="D141" t="s">
-[...2 lines deleted...]
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>890</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>891</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>892</v>
       </c>
-      <c r="I141" t="s">
+      <c r="K141" t="s">
         <v>893</v>
       </c>
-      <c r="K141" t="s">
+      <c r="L141" t="s">
         <v>894</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>895</v>
+        <v>207</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="B142" t="s">
+        <v>895</v>
+      </c>
+      <c r="C142" t="s">
         <v>896</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
+        <v>184</v>
+      </c>
+      <c r="G142" t="s">
         <v>897</v>
       </c>
-      <c r="D142" t="s">
-[...2 lines deleted...]
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>898</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>899</v>
       </c>
-      <c r="H142" t="s">
+      <c r="K142">
+        <v>138335572</v>
+      </c>
+      <c r="L142" t="s">
         <v>900</v>
       </c>
-      <c r="I142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N142" s="1" t="s">
-        <v>207</v>
+        <v>886</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B143" t="s">
+        <v>901</v>
+      </c>
+      <c r="C143" t="s">
+        <v>902</v>
+      </c>
+      <c r="D143" t="s">
+        <v>81</v>
+      </c>
+      <c r="G143" t="s">
+        <v>903</v>
+      </c>
+      <c r="H143" t="s">
+        <v>81</v>
+      </c>
+      <c r="I143">
+        <v>126930000</v>
+      </c>
+      <c r="K143">
+        <v>126283902</v>
+      </c>
+      <c r="L143" t="s">
         <v>904</v>
       </c>
-      <c r="C143" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N143" s="1" t="s">
-        <v>895</v>
+        <v>207</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B144" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="C144" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="D144" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="G144" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="H144" t="s">
-        <v>81</v>
+        <v>907</v>
       </c>
       <c r="I144">
-        <v>126930000</v>
+        <v>112250099</v>
       </c>
       <c r="K144">
-        <v>126283902</v>
+        <v>112210009</v>
       </c>
       <c r="L144" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>207</v>
+        <v>282</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B145" t="s">
+        <v>909</v>
+      </c>
+      <c r="C145" t="s">
+        <v>910</v>
+      </c>
+      <c r="D145" t="s">
+        <v>81</v>
+      </c>
+      <c r="G145" t="s">
+        <v>911</v>
+      </c>
+      <c r="H145" t="s">
+        <v>912</v>
+      </c>
+      <c r="I145" t="s">
+        <v>913</v>
+      </c>
+      <c r="K145" t="s">
         <v>914</v>
       </c>
-      <c r="C145" t="s">
-[...5 lines deleted...]
-      <c r="G145" t="s">
+      <c r="L145" t="s">
         <v>915</v>
       </c>
-      <c r="H145" t="s">
+      <c r="N145" s="1" t="s">
         <v>916</v>
-      </c>
-[...10 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="B146" t="s">
+        <v>917</v>
+      </c>
+      <c r="D146" t="s">
+        <v>241</v>
+      </c>
+      <c r="G146" t="s">
         <v>918</v>
       </c>
-      <c r="C146" t="s">
+      <c r="H146" t="s">
         <v>919</v>
       </c>
-      <c r="D146" t="s">
-[...2 lines deleted...]
-      <c r="G146" t="s">
+      <c r="I146">
+        <v>125461562</v>
+      </c>
+      <c r="K146">
+        <v>125444888</v>
+      </c>
+      <c r="L146" t="s">
         <v>920</v>
       </c>
-      <c r="H146" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N146" s="1" t="s">
-        <v>925</v>
+        <v>517</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B147" t="s">
-        <v>926</v>
+        <v>921</v>
+      </c>
+      <c r="C147" t="s">
+        <v>922</v>
       </c>
       <c r="D147" t="s">
-        <v>241</v>
+        <v>81</v>
       </c>
       <c r="G147" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="H147" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="I147">
-        <v>125461562</v>
+        <v>966126761111</v>
       </c>
       <c r="K147">
-        <v>125444888</v>
+        <v>126762222</v>
       </c>
       <c r="L147" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>517</v>
+        <v>733</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="B148" t="s">
+        <v>926</v>
+      </c>
+      <c r="C148" t="s">
+        <v>927</v>
+      </c>
+      <c r="D148" t="s">
+        <v>16</v>
+      </c>
+      <c r="G148" t="s">
+        <v>928</v>
+      </c>
+      <c r="H148" t="s">
+        <v>929</v>
+      </c>
+      <c r="I148" t="s">
         <v>930</v>
       </c>
-      <c r="C148" t="s">
+      <c r="L148" t="s">
         <v>931</v>
       </c>
-      <c r="D148" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N148" s="1" t="s">
-        <v>742</v>
+        <v>471</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B149" t="s">
+        <v>932</v>
+      </c>
+      <c r="C149" t="s">
+        <v>933</v>
+      </c>
+      <c r="D149" t="s">
+        <v>81</v>
+      </c>
+      <c r="F149" t="s">
+        <v>934</v>
+      </c>
+      <c r="G149" t="s">
         <v>935</v>
       </c>
-      <c r="C149" t="s">
+      <c r="H149" t="s">
         <v>936</v>
       </c>
-      <c r="D149" t="s">
-[...2 lines deleted...]
-      <c r="G149" t="s">
+      <c r="I149">
+        <v>122611160</v>
+      </c>
+      <c r="K149">
+        <v>122611162</v>
+      </c>
+      <c r="L149" t="s">
         <v>937</v>
       </c>
-      <c r="H149" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N149" s="1" t="s">
-        <v>471</v>
+        <v>886</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B150" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="C150" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="D150" t="s">
         <v>81</v>
       </c>
-      <c r="F150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="H150" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="I150">
-        <v>122611160</v>
+        <v>966126404444</v>
       </c>
       <c r="K150">
-        <v>122611162</v>
+        <v>0</v>
       </c>
       <c r="L150" t="s">
-        <v>946</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>942</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B151" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="C151" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="D151" t="s">
         <v>81</v>
       </c>
       <c r="G151" t="s">
+        <v>945</v>
+      </c>
+      <c r="H151" t="s">
+        <v>946</v>
+      </c>
+      <c r="I151" t="s">
+        <v>947</v>
+      </c>
+      <c r="K151" t="s">
+        <v>948</v>
+      </c>
+      <c r="L151" t="s">
         <v>949</v>
       </c>
-      <c r="H151" t="s">
-[...9 lines deleted...]
-        <v>951</v>
+      <c r="N151" s="1" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="B152" t="s">
+        <v>950</v>
+      </c>
+      <c r="C152" t="s">
+        <v>951</v>
+      </c>
+      <c r="D152" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" t="s">
         <v>952</v>
       </c>
-      <c r="C152" t="s">
+      <c r="H152" t="s">
         <v>953</v>
       </c>
-      <c r="D152" t="s">
-[...2 lines deleted...]
-      <c r="G152" t="s">
+      <c r="I152">
+        <v>112438000</v>
+      </c>
+      <c r="K152">
+        <v>114659445</v>
+      </c>
+      <c r="L152" t="s">
         <v>954</v>
       </c>
-      <c r="H152" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N152" s="1" t="s">
-        <v>742</v>
+        <v>207</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B153" t="s">
+        <v>955</v>
+      </c>
+      <c r="C153" t="s">
+        <v>956</v>
+      </c>
+      <c r="D153" t="s">
+        <v>16</v>
+      </c>
+      <c r="G153" t="s">
+        <v>957</v>
+      </c>
+      <c r="H153" t="s">
+        <v>958</v>
+      </c>
+      <c r="I153" t="s">
         <v>959</v>
       </c>
-      <c r="C153" t="s">
+      <c r="K153" t="s">
         <v>960</v>
       </c>
-      <c r="D153" t="s">
-[...2 lines deleted...]
-      <c r="G153" t="s">
+      <c r="L153" t="s">
         <v>961</v>
       </c>
-      <c r="H153" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N153" s="1" t="s">
-        <v>207</v>
+        <v>733</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B154" t="s">
+        <v>962</v>
+      </c>
+      <c r="C154" t="s">
+        <v>963</v>
+      </c>
+      <c r="D154" t="s">
+        <v>496</v>
+      </c>
+      <c r="F154" t="s">
         <v>964</v>
       </c>
-      <c r="C154" t="s">
+      <c r="G154" t="s">
         <v>965</v>
       </c>
-      <c r="D154" t="s">
-[...2 lines deleted...]
-      <c r="G154" t="s">
+      <c r="H154" t="s">
+        <v>496</v>
+      </c>
+      <c r="I154" t="s">
         <v>966</v>
       </c>
-      <c r="H154" t="s">
+      <c r="K154" t="s">
         <v>967</v>
-      </c>
-[...10 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="B155" t="s">
+        <v>968</v>
+      </c>
+      <c r="C155" t="s">
+        <v>969</v>
+      </c>
+      <c r="D155" t="s">
+        <v>16</v>
+      </c>
+      <c r="G155" t="s">
+        <v>970</v>
+      </c>
+      <c r="H155" t="s">
         <v>971</v>
       </c>
-      <c r="C155" t="s">
+      <c r="I155">
+        <v>114933141</v>
+      </c>
+      <c r="K155">
+        <v>114970247</v>
+      </c>
+      <c r="L155" t="s">
         <v>972</v>
       </c>
-      <c r="D155" t="s">
-[...2 lines deleted...]
-      <c r="F155" t="s">
+      <c r="N155" s="1" t="s">
         <v>973</v>
-      </c>
-[...10 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B156" t="s">
+        <v>974</v>
+      </c>
+      <c r="C156" t="s">
+        <v>975</v>
+      </c>
+      <c r="D156" t="s">
+        <v>16</v>
+      </c>
+      <c r="F156" t="s">
+        <v>976</v>
+      </c>
+      <c r="G156" t="s">
         <v>977</v>
       </c>
-      <c r="C156" t="s">
+      <c r="H156" t="s">
         <v>978</v>
       </c>
-      <c r="D156" t="s">
-[...2 lines deleted...]
-      <c r="G156" t="s">
+      <c r="I156">
+        <v>966112547000</v>
+      </c>
+      <c r="K156">
+        <v>966114933264</v>
+      </c>
+      <c r="L156" t="s">
         <v>979</v>
       </c>
-      <c r="H156" t="s">
+      <c r="N156" s="1" t="s">
         <v>980</v>
-      </c>
-[...10 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="B157" t="s">
+        <v>981</v>
+      </c>
+      <c r="C157" t="s">
+        <v>982</v>
+      </c>
+      <c r="D157" t="s">
+        <v>16</v>
+      </c>
+      <c r="F157" t="s">
         <v>983</v>
       </c>
-      <c r="C157" t="s">
+      <c r="G157" t="s">
         <v>984</v>
       </c>
-      <c r="D157" t="s">
-[...2 lines deleted...]
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>985</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>986</v>
       </c>
-      <c r="H157" t="s">
+      <c r="K157" t="s">
         <v>987</v>
-      </c>
-[...4 lines deleted...]
-        <v>966114933264</v>
       </c>
       <c r="L157" t="s">
         <v>988</v>
       </c>
       <c r="N157" s="1" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="B158" t="s">
         <v>990</v>
       </c>
       <c r="C158" t="s">
         <v>991</v>
       </c>
       <c r="D158" t="s">
-        <v>16</v>
+        <v>184</v>
       </c>
       <c r="F158" t="s">
         <v>992</v>
       </c>
       <c r="G158" t="s">
         <v>993</v>
       </c>
       <c r="H158" t="s">
         <v>994</v>
       </c>
       <c r="I158" t="s">
         <v>995</v>
       </c>
       <c r="K158" t="s">
         <v>996</v>
       </c>
       <c r="L158" t="s">
         <v>997</v>
       </c>
       <c r="N158" s="1" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B159" t="s">
         <v>999</v>
       </c>
       <c r="C159" t="s">
         <v>1000</v>
       </c>
       <c r="D159" t="s">
-        <v>184</v>
+        <v>16</v>
       </c>
       <c r="F159" t="s">
         <v>1001</v>
       </c>
       <c r="G159" t="s">
         <v>1002</v>
       </c>
       <c r="H159" t="s">
         <v>1003</v>
       </c>
-      <c r="I159" t="s">
+      <c r="I159">
+        <v>920000089</v>
+      </c>
+      <c r="K159" t="s">
         <v>1004</v>
       </c>
-      <c r="K159" t="s">
+      <c r="L159" t="s">
         <v>1005</v>
       </c>
-      <c r="L159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N159" s="1" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="B160" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D160" t="s">
+        <v>81</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H160" t="s">
         <v>1008</v>
       </c>
-      <c r="C160" t="s">
+      <c r="I160" t="s">
         <v>1009</v>
       </c>
-      <c r="D160" t="s">
-[...2 lines deleted...]
-      <c r="F160" t="s">
+      <c r="J160">
+        <v>920001773</v>
+      </c>
+      <c r="L160" t="s">
         <v>1010</v>
       </c>
-      <c r="G160" t="s">
+      <c r="N160" s="1" t="s">
         <v>1011</v>
-      </c>
-[...13 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B161" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D161" t="s">
         <v>81</v>
       </c>
       <c r="G161" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I161">
+        <v>122168000</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L161" t="s">
         <v>1016</v>
       </c>
-      <c r="H161" t="s">
+      <c r="N161" s="1" t="s">
         <v>1017</v>
-      </c>
-[...10 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B162" t="s">
-        <v>1021</v>
+        <v>1018</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1019</v>
       </c>
       <c r="D162" t="s">
         <v>81</v>
       </c>
       <c r="G162" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I162">
+        <v>126513444</v>
+      </c>
+      <c r="K162">
+        <v>126530349</v>
+      </c>
+      <c r="L162" t="s">
         <v>1022</v>
       </c>
-      <c r="H162" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N162" s="1" t="s">
-        <v>1026</v>
+        <v>989</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B163" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D163" t="s">
+        <v>16</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J163">
+        <v>8003040098</v>
+      </c>
+      <c r="K163">
+        <v>126693073</v>
+      </c>
+      <c r="L163" t="s">
         <v>1027</v>
       </c>
-      <c r="C163" t="s">
+      <c r="N163" s="1" t="s">
         <v>1028</v>
-      </c>
-[...19 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B164" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D164" t="s">
+        <v>81</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I164">
+        <v>126321433</v>
+      </c>
+      <c r="L164" t="s">
         <v>1032</v>
       </c>
-      <c r="D164" t="s">
-[...2 lines deleted...]
-      <c r="G164" t="s">
+      <c r="N164" s="1" t="s">
         <v>1033</v>
-      </c>
-[...16 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B165" t="s">
-        <v>1038</v>
+        <v>1034</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1035</v>
       </c>
       <c r="D165" t="s">
         <v>81</v>
       </c>
       <c r="G165" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K165">
+        <v>0</v>
+      </c>
+      <c r="L165" t="s">
         <v>1039</v>
       </c>
-      <c r="H165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N165" s="1" t="s">
-        <v>1042</v>
+        <v>980</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B166" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C166" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="D166" t="s">
         <v>81</v>
       </c>
       <c r="G166" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K166" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L166" t="s">
         <v>1045</v>
       </c>
-      <c r="H166" t="s">
+      <c r="N166" s="1" t="s">
         <v>1046</v>
-      </c>
-[...10 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B167" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
         <v>1049</v>
       </c>
-      <c r="C167" t="s">
+      <c r="H167" t="s">
         <v>1050</v>
       </c>
-      <c r="D167" t="s">
-[...2 lines deleted...]
-      <c r="G167" t="s">
+      <c r="I167" t="s">
         <v>1051</v>
       </c>
-      <c r="I167" t="s">
+      <c r="K167" t="s">
         <v>1052</v>
       </c>
-      <c r="K167" t="s">
+      <c r="L167" t="s">
         <v>1053</v>
       </c>
-      <c r="L167" t="s">
+      <c r="N167" s="1" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B168" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C168" t="s">
         <v>1056</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>81</v>
+      </c>
+      <c r="G168" t="s">
         <v>1057</v>
       </c>
-      <c r="D168" t="s">
-[...2 lines deleted...]
-      <c r="G168" t="s">
+      <c r="H168" t="s">
         <v>1058</v>
       </c>
-      <c r="H168" t="s">
+      <c r="I168" t="s">
         <v>1059</v>
       </c>
-      <c r="I168" t="s">
+      <c r="L168" t="s">
         <v>1060</v>
       </c>
-      <c r="K168" t="s">
+      <c r="N168" s="1" t="s">
         <v>1061</v>
-      </c>
-[...4 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B169" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D169" t="s">
         <v>81</v>
       </c>
       <c r="G169" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I169">
+        <v>966126053557</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1065</v>
+      </c>
+      <c r="N169" s="1" t="s">
         <v>1066</v>
-      </c>
-[...10 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B170" t="s">
-        <v>1071</v>
+        <v>1067</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1068</v>
       </c>
       <c r="D170" t="s">
         <v>81</v>
       </c>
+      <c r="F170" t="s">
+        <v>1069</v>
+      </c>
       <c r="G170" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H170" t="s">
+        <v>81</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1071</v>
+      </c>
+      <c r="K170" t="s">
         <v>1072</v>
       </c>
-      <c r="H170" t="s">
+      <c r="L170" t="s">
         <v>1073</v>
       </c>
-      <c r="I170">
-[...2 lines deleted...]
-      <c r="L170" t="s">
+      <c r="N170" s="1" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B171" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C171" t="s">
         <v>1076</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
+        <v>16</v>
+      </c>
+      <c r="G171" t="s">
         <v>1077</v>
       </c>
-      <c r="D171" t="s">
-[...2 lines deleted...]
-      <c r="F171" t="s">
+      <c r="H171" t="s">
         <v>1078</v>
       </c>
-      <c r="G171" t="s">
+      <c r="I171">
+        <v>96614110333</v>
+      </c>
+      <c r="K171">
+        <v>96614110333</v>
+      </c>
+      <c r="L171" t="s">
         <v>1079</v>
       </c>
-      <c r="H171" t="s">
-[...2 lines deleted...]
-      <c r="I171" t="s">
+      <c r="N171" s="1" t="s">
         <v>1080</v>
-      </c>
-[...7 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B172" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D172" t="s">
+        <v>241</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H172" t="s">
         <v>1084</v>
       </c>
-      <c r="C172" t="s">
+      <c r="I172" t="s">
         <v>1085</v>
       </c>
-      <c r="D172" t="s">
-[...2 lines deleted...]
-      <c r="G172" t="s">
+      <c r="K172">
+        <v>966125479998</v>
+      </c>
+      <c r="L172" t="s">
         <v>1086</v>
       </c>
-      <c r="H172" t="s">
+      <c r="N172" s="1" t="s">
         <v>1087</v>
-      </c>
-[...10 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B173" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D173" t="s">
+        <v>81</v>
+      </c>
+      <c r="G173" t="s">
         <v>1090</v>
       </c>
-      <c r="C173" t="s">
+      <c r="H173" t="s">
         <v>1091</v>
       </c>
-      <c r="D173" t="s">
-[...2 lines deleted...]
-      <c r="G173" t="s">
+      <c r="I173">
+        <v>560314099</v>
+      </c>
+      <c r="K173">
+        <v>560314099</v>
+      </c>
+      <c r="L173" t="s">
         <v>1092</v>
       </c>
-      <c r="H173" t="s">
+      <c r="N173" s="1" t="s">
         <v>1093</v>
-      </c>
-[...10 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B174" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D174" t="s">
+        <v>16</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G174" t="s">
         <v>1097</v>
       </c>
-      <c r="C174" t="s">
+      <c r="H174" t="s">
+        <v>16</v>
+      </c>
+      <c r="I174" t="s">
         <v>1098</v>
       </c>
-      <c r="D174" t="s">
-[...2 lines deleted...]
-      <c r="G174" t="s">
+      <c r="K174" t="s">
         <v>1099</v>
       </c>
-      <c r="H174" t="s">
+      <c r="N174" s="1" t="s">
         <v>1100</v>
-      </c>
-[...10 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B175" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D175" t="s">
+        <v>16</v>
+      </c>
+      <c r="G175" t="s">
         <v>1103</v>
       </c>
-      <c r="C175" t="s">
+      <c r="H175" t="s">
         <v>1104</v>
       </c>
-      <c r="D175" t="s">
-[...2 lines deleted...]
-      <c r="F175" t="s">
+      <c r="I175" t="s">
         <v>1105</v>
       </c>
-      <c r="G175" t="s">
+      <c r="K175">
+        <v>114612441</v>
+      </c>
+      <c r="L175" t="s">
         <v>1106</v>
       </c>
-      <c r="H175" t="s">
-[...2 lines deleted...]
-      <c r="I175" t="s">
+      <c r="N175" s="1" t="s">
         <v>1107</v>
-      </c>
-[...4 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B176" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D176" t="s">
+        <v>16</v>
+      </c>
+      <c r="F176" t="s">
         <v>1110</v>
       </c>
-      <c r="C176" t="s">
+      <c r="G176" t="s">
         <v>1111</v>
       </c>
-      <c r="D176" t="s">
-[...2 lines deleted...]
-      <c r="G176" t="s">
+      <c r="H176" t="s">
+        <v>16</v>
+      </c>
+      <c r="N176" s="1" t="s">
         <v>1112</v>
-      </c>
-[...13 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B177" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D177" t="s">
+        <v>16</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H177" t="s">
+        <v>16</v>
+      </c>
+      <c r="I177" t="s">
         <v>1117</v>
       </c>
-      <c r="C177" t="s">
+      <c r="K177">
+        <v>114664999</v>
+      </c>
+      <c r="L177" t="s">
         <v>1118</v>
       </c>
-      <c r="D177" t="s">
-[...2 lines deleted...]
-      <c r="F177" t="s">
+      <c r="N177" s="1" t="s">
         <v>1119</v>
-      </c>
-[...7 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B178" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D178" t="s">
+        <v>81</v>
+      </c>
+      <c r="F178" t="s">
         <v>1122</v>
       </c>
-      <c r="C178" t="s">
+      <c r="G178" t="s">
         <v>1123</v>
       </c>
-      <c r="D178" t="s">
-[...2 lines deleted...]
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1124</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1125</v>
       </c>
-      <c r="H178" t="s">
-[...2 lines deleted...]
-      <c r="I178" t="s">
+      <c r="K178">
+        <v>126535045</v>
+      </c>
+      <c r="L178" t="s">
         <v>1126</v>
       </c>
-      <c r="K178">
-[...2 lines deleted...]
-      <c r="L178" t="s">
+      <c r="N178" s="1" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B179" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D179" t="s">
+        <v>16</v>
+      </c>
+      <c r="F179" t="s">
         <v>1129</v>
       </c>
-      <c r="C179" t="s">
+      <c r="G179" t="s">
         <v>1130</v>
       </c>
-      <c r="D179" t="s">
-[...2 lines deleted...]
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>1131</v>
       </c>
-      <c r="G179" t="s">
+      <c r="I179" t="s">
         <v>1132</v>
       </c>
-      <c r="H179" t="s">
+      <c r="K179" t="s">
         <v>1133</v>
       </c>
-      <c r="I179" t="s">
+      <c r="N179" s="1" t="s">
         <v>1134</v>
-      </c>
-[...7 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B180" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D180" t="s">
+        <v>81</v>
+      </c>
+      <c r="F180" t="s">
         <v>1137</v>
       </c>
-      <c r="D180" t="s">
-[...2 lines deleted...]
-      <c r="F180" t="s">
+      <c r="G180" t="s">
         <v>1138</v>
       </c>
-      <c r="G180" t="s">
+      <c r="H180" t="s">
         <v>1139</v>
       </c>
-      <c r="H180" t="s">
+      <c r="I180" t="s">
         <v>1140</v>
       </c>
-      <c r="I180" t="s">
+      <c r="K180">
+        <v>126293380</v>
+      </c>
+      <c r="L180" t="s">
         <v>1141</v>
       </c>
-      <c r="K180" t="s">
+      <c r="N180" s="1" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B181" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C181" t="s">
         <v>1144</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>16</v>
+      </c>
+      <c r="G181" t="s">
         <v>1145</v>
       </c>
-      <c r="D181" t="s">
-[...2 lines deleted...]
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1146</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1147</v>
       </c>
-      <c r="H181" t="s">
+      <c r="K181" t="s">
         <v>1148</v>
       </c>
-      <c r="I181" t="s">
+      <c r="L181" t="s">
         <v>1149</v>
       </c>
-      <c r="K181">
-[...2 lines deleted...]
-      <c r="L181" t="s">
+      <c r="N181" s="1" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B182" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C182" t="s">
         <v>1152</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>1153</v>
       </c>
-      <c r="D182" t="s">
-        <v>16</v>
+      <c r="F182" t="s">
+        <v>1154</v>
       </c>
       <c r="G182" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="H182" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="I182" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="K182" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="L182" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B183" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C183" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D183" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="F183" t="s">
+        <v>81</v>
+      </c>
+      <c r="G183" t="s">
         <v>1163</v>
       </c>
-      <c r="G183" t="s">
+      <c r="H183" t="s">
         <v>1164</v>
       </c>
-      <c r="H183" t="s">
+      <c r="I183">
+        <v>920022081</v>
+      </c>
+      <c r="K183">
+        <v>920005759</v>
+      </c>
+      <c r="L183" t="s">
         <v>1165</v>
       </c>
-      <c r="I183" t="s">
+      <c r="N183" s="1" t="s">
         <v>1166</v>
-      </c>
-[...7 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B184" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="C184" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="D184" t="s">
         <v>81</v>
       </c>
       <c r="G184" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H184" t="s">
+        <v>81</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L184" t="s">
         <v>1172</v>
       </c>
-      <c r="H184" t="s">
+      <c r="N184" s="1" t="s">
         <v>1173</v>
-      </c>
-[...10 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="B185" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D185" t="s">
+        <v>184</v>
+      </c>
+      <c r="F185" t="s">
         <v>1176</v>
       </c>
-      <c r="C185" t="s">
+      <c r="G185" t="s">
         <v>1177</v>
       </c>
-      <c r="D185" t="s">
-[...2 lines deleted...]
-      <c r="G185" t="s">
+      <c r="H185" t="s">
+        <v>184</v>
+      </c>
+      <c r="I185" t="s">
         <v>1178</v>
       </c>
-      <c r="H185" t="s">
-[...2 lines deleted...]
-      <c r="I185" t="s">
+      <c r="K185" t="s">
         <v>1179</v>
       </c>
-      <c r="K185" t="s">
+      <c r="N185" s="1" t="s">
         <v>1180</v>
-      </c>
-[...4 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B186" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D186" t="s">
+        <v>769</v>
+      </c>
+      <c r="F186" t="s">
         <v>1183</v>
       </c>
-      <c r="C186" t="s">
+      <c r="G186" t="s">
         <v>1184</v>
       </c>
-      <c r="D186" t="s">
-[...2 lines deleted...]
-      <c r="F186" t="s">
+      <c r="H186" t="s">
         <v>1185</v>
       </c>
-      <c r="G186" t="s">
+      <c r="I186">
+        <v>966144500000</v>
+      </c>
+      <c r="L186" t="s">
         <v>1186</v>
       </c>
-      <c r="H186" t="s">
-[...2 lines deleted...]
-      <c r="I186" t="s">
+      <c r="N186" s="1" t="s">
         <v>1187</v>
-      </c>
-[...4 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B187" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D187" t="s">
         <v>1190</v>
       </c>
-      <c r="C187" t="s">
+      <c r="G187" t="s">
         <v>1191</v>
       </c>
-      <c r="D187" t="s">
-[...2 lines deleted...]
-      <c r="F187" t="s">
+      <c r="H187" t="s">
         <v>1192</v>
       </c>
-      <c r="G187" t="s">
+      <c r="I187">
+        <v>173222162</v>
+      </c>
+      <c r="K187">
+        <v>173222357</v>
+      </c>
+      <c r="L187" t="s">
         <v>1193</v>
       </c>
-      <c r="H187" t="s">
+      <c r="N187" s="1" t="s">
         <v>1194</v>
-      </c>
-[...7 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B188" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D188" t="s">
+        <v>16</v>
+      </c>
+      <c r="F188" t="s">
         <v>1197</v>
       </c>
-      <c r="C188" t="s">
+      <c r="G188" t="s">
         <v>1198</v>
       </c>
-      <c r="D188" t="s">
+      <c r="H188" t="s">
         <v>1199</v>
       </c>
-      <c r="G188" t="s">
+      <c r="I188" t="s">
         <v>1200</v>
       </c>
-      <c r="H188" t="s">
+      <c r="K188">
+        <v>966114501824</v>
+      </c>
+      <c r="L188" t="s">
         <v>1201</v>
       </c>
-      <c r="I188">
-[...5 lines deleted...]
-      <c r="L188" t="s">
+      <c r="N188" s="1" t="s">
         <v>1202</v>
-      </c>
-[...1 lines deleted...]
-        <v>1203</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B189" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C189" t="s">
         <v>1204</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
+        <v>81</v>
+      </c>
+      <c r="F189" t="s">
         <v>1205</v>
       </c>
-      <c r="D189" t="s">
-[...2 lines deleted...]
-      <c r="F189" t="s">
+      <c r="G189" t="s">
         <v>1206</v>
       </c>
-      <c r="G189" t="s">
+      <c r="H189" t="s">
         <v>1207</v>
       </c>
-      <c r="H189" t="s">
+      <c r="I189" t="s">
         <v>1208</v>
       </c>
-      <c r="I189" t="s">
+      <c r="L189" t="s">
         <v>1209</v>
       </c>
-      <c r="K189">
-[...2 lines deleted...]
-      <c r="L189" t="s">
+      <c r="N189" s="1" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B190" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C190" t="s">
         <v>1212</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
+        <v>233</v>
+      </c>
+      <c r="F190" t="s">
         <v>1213</v>
       </c>
-      <c r="D190" t="s">
-[...2 lines deleted...]
-      <c r="F190" t="s">
+      <c r="G190" t="s">
         <v>1214</v>
       </c>
-      <c r="G190" t="s">
+      <c r="H190" t="s">
         <v>1215</v>
       </c>
-      <c r="H190" t="s">
+      <c r="I190" t="s">
         <v>1216</v>
       </c>
-      <c r="I190" t="s">
+      <c r="N190" s="1" t="s">
         <v>1217</v>
-      </c>
-[...4 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B191" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D191" t="s">
         <v>1220</v>
       </c>
-      <c r="C191" t="s">
+      <c r="G191" t="s">
         <v>1221</v>
       </c>
-      <c r="D191" t="s">
-[...2 lines deleted...]
-      <c r="F191" t="s">
+      <c r="H191" t="s">
         <v>1222</v>
       </c>
-      <c r="G191" t="s">
+      <c r="I191" t="s">
         <v>1223</v>
       </c>
-      <c r="H191" t="s">
+      <c r="K191" t="s">
         <v>1224</v>
       </c>
-      <c r="I191" t="s">
+      <c r="L191" t="s">
         <v>1225</v>
       </c>
       <c r="N191" s="1" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B192" t="s">
         <v>1227</v>
       </c>
       <c r="C192" t="s">
         <v>1228</v>
       </c>
       <c r="D192" t="s">
+        <v>81</v>
+      </c>
+      <c r="F192" t="s">
         <v>1229</v>
       </c>
       <c r="G192" t="s">
         <v>1230</v>
       </c>
       <c r="H192" t="s">
+        <v>81</v>
+      </c>
+      <c r="I192">
+        <v>966126102222</v>
+      </c>
+      <c r="K192">
+        <v>966126105555</v>
+      </c>
+      <c r="L192" t="s">
         <v>1231</v>
       </c>
-      <c r="I192" t="s">
+      <c r="N192" s="1" t="s">
         <v>1232</v>
-      </c>
-[...7 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B193" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D193" t="s">
+        <v>184</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H193" t="s">
         <v>1236</v>
       </c>
-      <c r="C193" t="s">
+      <c r="I193">
+        <v>138147200</v>
+      </c>
+      <c r="K193">
+        <v>138147171</v>
+      </c>
+      <c r="L193" t="s">
         <v>1237</v>
       </c>
-      <c r="D193" t="s">
-[...2 lines deleted...]
-      <c r="F193" t="s">
+      <c r="N193" s="1" t="s">
         <v>1238</v>
-      </c>
-[...16 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B194" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D194" t="s">
+        <v>81</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G194" t="s">
         <v>1242</v>
       </c>
-      <c r="C194" t="s">
+      <c r="H194" t="s">
+        <v>81</v>
+      </c>
+      <c r="I194">
+        <v>8002440307</v>
+      </c>
+      <c r="K194">
+        <v>920000724</v>
+      </c>
+      <c r="N194" s="1" t="s">
         <v>1243</v>
-      </c>
-[...19 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B195" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I195" t="s">
         <v>1248</v>
       </c>
-      <c r="C195" t="s">
+      <c r="K195" t="s">
         <v>1249</v>
       </c>
-      <c r="D195" t="s">
-[...2 lines deleted...]
-      <c r="F195" t="s">
+      <c r="L195" t="s">
         <v>1250</v>
       </c>
-      <c r="G195" t="s">
+      <c r="N195" s="1" t="s">
         <v>1251</v>
-      </c>
-[...10 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="B196" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C196" t="s">
         <v>1253</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
         <v>1254</v>
       </c>
-      <c r="D196" t="s">
-[...2 lines deleted...]
-      <c r="G196" t="s">
+      <c r="H196" t="s">
         <v>1255</v>
       </c>
-      <c r="H196" t="s">
+      <c r="I196">
+        <v>112525800</v>
+      </c>
+      <c r="K196">
+        <v>114000844</v>
+      </c>
+      <c r="L196" t="s">
         <v>1256</v>
       </c>
-      <c r="I196" t="s">
+      <c r="N196" s="1" t="s">
         <v>1257</v>
-      </c>
-[...7 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B197" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H197" t="s">
         <v>1261</v>
       </c>
-      <c r="C197" t="s">
+      <c r="I197">
+        <v>114055588</v>
+      </c>
+      <c r="K197" t="s">
         <v>1262</v>
       </c>
-      <c r="D197" t="s">
-[...2 lines deleted...]
-      <c r="G197" t="s">
+      <c r="L197" t="s">
         <v>1263</v>
       </c>
-      <c r="H197" t="s">
+      <c r="N197" s="1" t="s">
         <v>1264</v>
-      </c>
-[...10 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B198" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D198" t="s">
+        <v>16</v>
+      </c>
+      <c r="G198" t="s">
         <v>1267</v>
       </c>
-      <c r="C198" t="s">
+      <c r="H198" t="s">
         <v>1268</v>
       </c>
-      <c r="D198" t="s">
-[...2 lines deleted...]
-      <c r="G198" t="s">
+      <c r="I198">
+        <v>114816666</v>
+      </c>
+      <c r="K198">
+        <v>114801666</v>
+      </c>
+      <c r="L198" t="s">
         <v>1269</v>
       </c>
-      <c r="H198" t="s">
+      <c r="N198" s="1" t="s">
         <v>1270</v>
-      </c>
-[...10 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B199" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D199" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H199" t="s">
         <v>1274</v>
       </c>
-      <c r="C199" t="s">
+      <c r="I199">
+        <v>112909303</v>
+      </c>
+      <c r="K199">
+        <v>112168431</v>
+      </c>
+      <c r="L199" t="s">
         <v>1275</v>
       </c>
-      <c r="D199" t="s">
-[...2 lines deleted...]
-      <c r="G199" t="s">
+      <c r="N199" s="1" t="s">
         <v>1276</v>
-      </c>
-[...13 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="B200" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D200" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H200" t="s">
         <v>1280</v>
       </c>
-      <c r="C200" t="s">
+      <c r="I200" t="s">
         <v>1281</v>
       </c>
-      <c r="D200" t="s">
-[...2 lines deleted...]
-      <c r="G200" t="s">
+      <c r="K200" t="s">
         <v>1282</v>
       </c>
-      <c r="H200" t="s">
+      <c r="L200" t="s">
         <v>1283</v>
       </c>
-      <c r="I200">
-[...5 lines deleted...]
-      <c r="L200" t="s">
+      <c r="N200" s="1" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B201" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C201" t="s">
         <v>1286</v>
       </c>
-      <c r="C201" t="s">
+      <c r="D201" t="s">
+        <v>16</v>
+      </c>
+      <c r="G201" t="s">
         <v>1287</v>
       </c>
-      <c r="D201" t="s">
-[...2 lines deleted...]
-      <c r="G201" t="s">
+      <c r="H201" t="s">
         <v>1288</v>
       </c>
-      <c r="H201" t="s">
+      <c r="I201" t="s">
         <v>1289</v>
       </c>
-      <c r="I201" t="s">
+      <c r="K201" t="s">
         <v>1290</v>
       </c>
-      <c r="K201" t="s">
+      <c r="L201" t="s">
         <v>1291</v>
       </c>
-      <c r="L201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N201" s="1" t="s">
-        <v>1293</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B202" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D202" t="s">
+        <v>81</v>
+      </c>
+      <c r="G202" t="s">
         <v>1294</v>
       </c>
-      <c r="C202" t="s">
+      <c r="H202" t="s">
         <v>1295</v>
       </c>
-      <c r="D202" t="s">
-[...2 lines deleted...]
-      <c r="G202" t="s">
+      <c r="I202">
+        <v>126760000</v>
+      </c>
+      <c r="K202">
+        <v>126764010</v>
+      </c>
+      <c r="L202" t="s">
         <v>1296</v>
       </c>
-      <c r="H202" t="s">
+      <c r="N202" s="1" t="s">
         <v>1297</v>
-      </c>
-[...10 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B203" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D203" t="s">
+        <v>16</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H203" t="s">
         <v>1301</v>
       </c>
-      <c r="C203" t="s">
+      <c r="I203">
+        <v>920026888</v>
+      </c>
+      <c r="K203">
+        <v>112884411</v>
+      </c>
+      <c r="L203" t="s">
         <v>1302</v>
       </c>
-      <c r="D203" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N203" s="1" t="s">
-        <v>1306</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B204" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D204" t="s">
+        <v>16</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I204" t="s">
         <v>1307</v>
       </c>
-      <c r="C204" t="s">
+      <c r="K204" t="s">
         <v>1308</v>
       </c>
-      <c r="D204" t="s">
-[...2 lines deleted...]
-      <c r="G204" t="s">
+      <c r="L204" t="s">
         <v>1309</v>
       </c>
-      <c r="H204" t="s">
+      <c r="N204" s="1" t="s">
         <v>1310</v>
-      </c>
-[...10 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="B205" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C205" t="s">
         <v>1312</v>
       </c>
       <c r="D205" t="s">
         <v>16</v>
       </c>
       <c r="F205" t="s">
         <v>1313</v>
       </c>
       <c r="G205" t="s">
         <v>1314</v>
       </c>
       <c r="H205" t="s">
+        <v>16</v>
+      </c>
+      <c r="I205">
+        <v>920001234</v>
+      </c>
+      <c r="K205">
+        <v>1121711830</v>
+      </c>
+      <c r="L205" t="s">
         <v>1315</v>
       </c>
-      <c r="I205" t="s">
+      <c r="N205" s="1" t="s">
         <v>1316</v>
-      </c>
-[...7 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B206" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="C206" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="D206" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1322</v>
+        <v>81</v>
       </c>
       <c r="G206" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="H206" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="I206">
-        <v>920001234</v>
-[...5 lines deleted...]
-        <v>1324</v>
+        <v>920022222</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>1325</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B207" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="D207" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
       <c r="H207" t="s">
-        <v>81</v>
+        <v>1322</v>
       </c>
       <c r="I207">
-        <v>920022222</v>
+        <v>112649000</v>
+      </c>
+      <c r="K207">
+        <v>114569144</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1323</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>1151</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="B208" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D208" t="s">
+        <v>16</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H208" t="s">
         <v>1329</v>
       </c>
-      <c r="D208" t="s">
-[...2 lines deleted...]
-      <c r="G208" t="s">
+      <c r="I208">
+        <v>920000425</v>
+      </c>
+      <c r="K208">
+        <v>966118749019</v>
+      </c>
+      <c r="L208" t="s">
         <v>1330</v>
       </c>
-      <c r="H208" t="s">
+      <c r="N208" s="1" t="s">
         <v>1331</v>
-      </c>
-[...10 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B209" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D209" t="s">
+        <v>16</v>
+      </c>
+      <c r="F209" t="s">
         <v>1334</v>
       </c>
-      <c r="C209" t="s">
+      <c r="G209" t="s">
         <v>1335</v>
       </c>
-      <c r="D209" t="s">
-[...2 lines deleted...]
-      <c r="F209" t="s">
+      <c r="H209" t="s">
         <v>1336</v>
       </c>
-      <c r="G209" t="s">
+      <c r="I209" t="s">
         <v>1337</v>
       </c>
-      <c r="H209" t="s">
+      <c r="K209" t="s">
         <v>1338</v>
-      </c>
-[...4 lines deleted...]
-        <v>966118749019</v>
       </c>
       <c r="L209" t="s">
         <v>1339</v>
       </c>
       <c r="N209" s="1" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="B210" t="s">
         <v>1341</v>
       </c>
       <c r="C210" t="s">
         <v>1342</v>
       </c>
       <c r="D210" t="s">
         <v>16</v>
       </c>
       <c r="F210" t="s">
         <v>1343</v>
       </c>
       <c r="G210" t="s">
         <v>1344</v>
       </c>
       <c r="H210" t="s">
         <v>1345</v>
       </c>
-      <c r="I210" t="s">
+      <c r="I210">
+        <v>966118808855</v>
+      </c>
+      <c r="K210">
+        <v>118808844</v>
+      </c>
+      <c r="L210" t="s">
         <v>1346</v>
       </c>
-      <c r="K210" t="s">
+      <c r="N210" s="1" t="s">
         <v>1347</v>
-      </c>
-[...4 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B211" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D211" t="s">
+        <v>184</v>
+      </c>
+      <c r="F211" t="s">
         <v>1350</v>
       </c>
-      <c r="C211" t="s">
+      <c r="G211" t="s">
         <v>1351</v>
       </c>
-      <c r="D211" t="s">
-[...2 lines deleted...]
-      <c r="F211" t="s">
+      <c r="H211" t="s">
         <v>1352</v>
       </c>
-      <c r="G211" t="s">
+      <c r="I211" t="s">
         <v>1353</v>
       </c>
-      <c r="H211" t="s">
+      <c r="L211" t="s">
         <v>1354</v>
-      </c>
-[...10 lines deleted...]
-        <v>1356</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B212" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D212" t="s">
+        <v>16</v>
+      </c>
+      <c r="F212" t="s">
         <v>1357</v>
       </c>
-      <c r="C212" t="s">
+      <c r="G212" t="s">
         <v>1358</v>
       </c>
-      <c r="D212" t="s">
-[...2 lines deleted...]
-      <c r="F212" t="s">
+      <c r="H212" t="s">
         <v>1359</v>
       </c>
-      <c r="G212" t="s">
+      <c r="I212">
+        <v>920029839</v>
+      </c>
+      <c r="L212" t="s">
         <v>1360</v>
-      </c>
-[...7 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B213" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D213" t="s">
+        <v>81</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H213" t="s">
         <v>1364</v>
       </c>
-      <c r="C213" t="s">
+      <c r="I213">
+        <v>126761111</v>
+      </c>
+      <c r="L213" t="s">
         <v>1365</v>
-      </c>
-[...16 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B214" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D214" t="s">
+        <v>16</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H214" t="s">
         <v>1370</v>
       </c>
-      <c r="C214" t="s">
+      <c r="I214">
+        <v>112411600</v>
+      </c>
+      <c r="L214" t="s">
         <v>1371</v>
-      </c>
-[...13 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B215" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D215" t="s">
+        <v>16</v>
+      </c>
+      <c r="F215" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H215" t="s">
         <v>1375</v>
       </c>
-      <c r="C215" t="s">
+      <c r="L215" t="s">
         <v>1376</v>
-      </c>
-[...16 lines deleted...]
-        <v>1380</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B216" t="s">
-        <v>1381</v>
+        <v>1377</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1378</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>1383</v>
+        <v>81</v>
       </c>
       <c r="H216" t="s">
-        <v>1384</v>
-[...2 lines deleted...]
-        <v>1385</v>
+        <v>1379</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1380</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B217" t="s">
-        <v>1386</v>
-[...2 lines deleted...]
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="D217" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>1389</v>
+        <v>16</v>
+      </c>
+      <c r="F217" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1383</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="B218" t="s">
-        <v>1390</v>
-[...5 lines deleted...]
-        <v>1391</v>
+        <v>1384</v>
+      </c>
+      <c r="C218" t="s">
+        <v>308</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H218" t="s">
+        <v>310</v>
+      </c>
+      <c r="I218">
+        <v>114004144</v>
       </c>
       <c r="L218" t="s">
-        <v>1392</v>
+        <v>311</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B219" t="s">
-        <v>1393</v>
+        <v>1386</v>
       </c>
       <c r="C219" t="s">
-        <v>308</v>
+        <v>1387</v>
+      </c>
+      <c r="D219" t="s">
+        <v>16</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1388</v>
       </c>
       <c r="G219" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="H219" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>114004144</v>
+        <v>1390</v>
+      </c>
+      <c r="I219" t="s">
+        <v>1391</v>
       </c>
       <c r="L219" t="s">
-        <v>311</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="B220" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D220" t="s">
         <v>1395</v>
       </c>
-      <c r="C220" t="s">
+      <c r="H220" t="s">
         <v>1396</v>
       </c>
-      <c r="D220" t="s">
-[...2 lines deleted...]
-      <c r="F220" t="s">
+      <c r="L220" t="s">
         <v>1397</v>
-      </c>
-[...10 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B221" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="C221" t="s">
-        <v>1403</v>
-[...8 lines deleted...]
-        <v>1406</v>
+        <v>1399</v>
+      </c>
+      <c r="I221">
+        <v>122866777</v>
+      </c>
+      <c r="K221">
+        <v>122866066</v>
       </c>
       <c r="L221" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B222" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="C222" t="s">
-        <v>1409</v>
-[...5 lines deleted...]
-        <v>122866066</v>
+        <v>1402</v>
+      </c>
+      <c r="D222" t="s">
+        <v>184</v>
+      </c>
+      <c r="F222" t="s">
+        <v>376</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I222" t="s">
+        <v>379</v>
+      </c>
+      <c r="K222" t="s">
+        <v>380</v>
       </c>
       <c r="L222" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B223" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="C223" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="D223" t="s">
-        <v>184</v>
+        <v>16</v>
       </c>
       <c r="F223" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="G223" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
       <c r="H223" t="s">
-        <v>1414</v>
-[...5 lines deleted...]
-        <v>380</v>
+        <v>1409</v>
       </c>
       <c r="L223" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B224" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="C224" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>1412</v>
       </c>
       <c r="F224" t="s">
-        <v>445</v>
-[...8 lines deleted...]
-        <v>1420</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B225" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="C225" t="s">
-        <v>1422</v>
+        <v>1415</v>
+      </c>
+      <c r="D225" t="s">
+        <v>81</v>
       </c>
       <c r="F225" t="s">
-        <v>1423</v>
+        <v>1416</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I225">
+        <v>126333330</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="B226" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="C226" t="s">
-        <v>1425</v>
-[...14 lines deleted...]
-        <v>126333330</v>
+        <v>1420</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1421</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B227" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D227" t="s">
+        <v>16</v>
+      </c>
+      <c r="F227" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1426</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1428</v>
+      </c>
+      <c r="N227" s="1" t="s">
         <v>1429</v>
-      </c>
-[...4 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="B228" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G228" t="s">
         <v>1432</v>
-      </c>
-[...22 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B229" t="s">
-        <v>1440</v>
+        <v>1433</v>
       </c>
       <c r="C229" t="s">
-        <v>1441</v>
+        <v>1434</v>
+      </c>
+      <c r="D229" t="s">
+        <v>184</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1435</v>
       </c>
       <c r="G229" t="s">
-        <v>1442</v>
+        <v>1436</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I229" t="s">
+        <v>1438</v>
+      </c>
+      <c r="N229" s="1" t="s">
+        <v>1439</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B230" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D230" t="s">
+        <v>16</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J230" t="s">
         <v>1443</v>
       </c>
-      <c r="C230" t="s">
-[...18 lines deleted...]
-        <v>1449</v>
+      <c r="K230" t="s">
+        <v>1443</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B231" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D231" t="s">
+        <v>184</v>
+      </c>
+      <c r="F231" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I231">
+        <v>966502499910</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1449</v>
+      </c>
+      <c r="L231" t="s">
         <v>1450</v>
       </c>
-      <c r="C231" t="s">
+      <c r="N231" s="1" t="s">
         <v>1451</v>
-      </c>
-[...10 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="B232" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C232" t="s">
+        <v>88</v>
+      </c>
+      <c r="D232" t="s">
+        <v>16</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H232" t="s">
         <v>1454</v>
       </c>
-      <c r="C232" t="s">
+      <c r="J232" t="s">
         <v>1455</v>
       </c>
-      <c r="D232" t="s">
-[...2 lines deleted...]
-      <c r="F232" t="s">
+      <c r="L232" t="s">
         <v>1456</v>
       </c>
-      <c r="G232" t="s">
+      <c r="N232" s="1" t="s">
         <v>1457</v>
-      </c>
-[...13 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233">
-        <v>1639</v>
+        <v>1648</v>
       </c>
       <c r="B233" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D233" t="s">
+        <v>184</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1461</v>
+      </c>
+      <c r="J233" t="s">
         <v>1462</v>
       </c>
-      <c r="C233" t="s">
-[...5 lines deleted...]
-      <c r="G233" t="s">
+      <c r="L233" t="s">
         <v>1463</v>
       </c>
-      <c r="H233" t="s">
+    </row>
+    <row r="234" spans="1:14">
+      <c r="A234">
+        <v>1649</v>
+      </c>
+      <c r="B234" t="s">
         <v>1464</v>
       </c>
-      <c r="J233" t="s">
+      <c r="C234" t="s">
         <v>1465</v>
       </c>
-      <c r="L233" t="s">
+      <c r="D234" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" t="s">
         <v>1466</v>
       </c>
-      <c r="N233" s="1" t="s">
+      <c r="H234" t="s">
         <v>1467</v>
+      </c>
+      <c r="I234" t="s">
+        <v>1468</v>
+      </c>
+      <c r="L234" t="s">
+        <v>94</v>
+      </c>
+      <c r="N234" s="1" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="235" spans="1:14">
+      <c r="A235">
+        <v>1650</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D235" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I235" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1476</v>
+      </c>
+      <c r="N235" s="1" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="236" spans="1:14">
+      <c r="A236">
+        <v>1651</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D236" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1481</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="237" spans="1:14">
+      <c r="A237">
+        <v>1652</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D237" t="s">
+        <v>16</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1487</v>
+      </c>
+      <c r="N237" s="1" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="238" spans="1:14">
+      <c r="A238">
+        <v>1653</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D238" t="s">
+        <v>16</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1491</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J238">
+        <v>966573613337</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="239" spans="1:14">
+      <c r="A239">
+        <v>1654</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D239" t="s">
+        <v>16</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J239">
+        <v>966599264639</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1498</v>
+      </c>
+      <c r="N239" s="1" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="240" spans="1:14">
+      <c r="A240">
+        <v>1655</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D240" t="s">
+        <v>81</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1503</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1504</v>
+      </c>
+      <c r="N240" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="241" spans="1:14">
+      <c r="A241">
+        <v>1656</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D241" t="s">
+        <v>16</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J241">
+        <v>19918</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="242" spans="1:14">
+      <c r="A242">
+        <v>1657</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D242" t="s">
+        <v>16</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I242" t="s">
+        <v>1513</v>
+      </c>
+      <c r="J242" t="s">
+        <v>1514</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1515</v>
+      </c>
+      <c r="N242" s="1" t="s">
+        <v>1516</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">